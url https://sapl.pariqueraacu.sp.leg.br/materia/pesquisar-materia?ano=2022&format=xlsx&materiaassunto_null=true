--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -54,4208 +54,4208 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Milton Ticaca</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3004/i_01.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3004/i_01.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos sobre a possibilidade de instalar área para recreação infantil (playground) na praça da Vila Palmira e na praça do Bairro Angatuba.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Jair da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3005/i_02.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3005/i_02.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a limpeza da vala na estrada principal do Bairro Angatuba, em frente à casa do Sr. Leonardo.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3006/i_03.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3006/i_03.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize o alargamento na entrada da Escola José Vicente Bertoli, Bairro Angatuba.</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3007/i_04.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3007/i_04.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a reforma e melhorias do Posto de Saúde do Bairro Alto, inclusive o término dos muros e a instalação do portão.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3008/i_05.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3008/i_05.doc</t>
   </si>
   <si>
     <t>que seja realizado as seguintes melhorias no Bairro Alto:_x000D_
 - Alargamento e manutenção das estradas que passam em frente à Fazenda X15, e a estrada que passa em frente ao Sítio Paraíso, onde localiza-se a Congregação Cristã, ambas que ligam bar do Adriano aos bairros. _x000D_
 - Aterro da estrada em frente à Fazenda X15 e aterro na estrada em frente casa do Senhor Manoel Ferreira.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Delmar Simões Jr.</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3009/i_06.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3009/i_06.doc</t>
   </si>
   <si>
     <t>para que seja realizado o patrolamento, cascalhamento e colocação de fresa asfáltica na travessa do Bairro Conchal, vindo pelo Petropen, após a Igreja Católica, segunda travessa à esquerda.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3010/i_07.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3010/i_07.doc</t>
   </si>
   <si>
     <t>para que seja realizada a manutenção no local onde está sendo realizado o atendimento do covid, situada na Av. Cap. Lino Vieira, em frente à Caixa Econômica Federal.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3011/i_08.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3011/i_08.doc</t>
   </si>
   <si>
     <t>para que seja realizada a organização administrativa do Cemitério Municipal, organizando, identificando com placas de ruas, quadra e respectivas numeração de lotes e túmulos, implementação de escritório informatizado e com arquivos digitalizados e atualizados a ser cuidado por funcionário específico para a demanda que ora se apresenta.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Professor Urias</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3014/i_09.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3014/i_09.doc</t>
   </si>
   <si>
     <t>para que seja realizado o patrolamento, cascalhamento e colocação de fresa asfáltica nas seguintes ruas, no Jardim São Carlos:_x000D_
 Rua Maria Beline Barduco;_x000D_
 Rua Baldevino Guatura;_x000D_
 Rua Nagir Dionísio Ferreira;_x000D_
 Rua Máximo Zanella;_x000D_
 Rua Ademar Pereira de Barros;_x000D_
 Rua dos Direitos Humanos;_x000D_
 Rua Prof. José Cilineu Martins;_x000D_
 Rua Dr. Raul Benedito Pacheco Fernandes.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3015/i_10.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3015/i_10.doc</t>
   </si>
   <si>
     <t>para que seja realizado o patrolamento, cascalhamento e colocação de fresa asfáltica na Rua Linha Nova Cremona, assim como na estrada da Casa de Pedra.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3016/i_11.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3016/i_11.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica na Rua Orlando Patekoski, Bairro Nova Cremona.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3017/i_12.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3017/i_12.doc</t>
   </si>
   <si>
     <t>para que seja realizado o patrolamento, cascalhamento e colocação de fresa asfáltica nas seguintes ruas, no Jardim Alvorada e Vila Clementina: Rua Milcio Bazoli; Rua José Padovan Netto; Rua Orlando José Ponsoni; Rua Danilo Simonetti Guatura; Rua Prof. José Vicente Bertoli Rua Leandro Cugler; Rua Luigi Viccaro; Rua Cinco; Rua Miguel Bertoldo; Rua Cândido Zanella; Rua Santa Inês; Rua Ângelo Antoniole; Rua Ângelo Rossini; Rua Bezerra de Menezes; Rua Carlos Melcher; Rua Herbert de Souza; Rua Carolina Buzzi.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3018/i_13.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3018/i_13.doc</t>
   </si>
   <si>
     <t>a necessidade de melhorias no campo de futebol do Bairro Senador Dantas, sendo estas:_x000D_
 Construção de um vestiário;_x000D_
 Construção de alambrado no perímetro do campo;_x000D_
 Instalação de refletores;_x000D_
 Instalação de alguns bancos na lateral do campo; e_x000D_
 Construção de um local adequado para o banco de reservas.</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3019/i_14.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3019/i_14.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a roçada nos campos dos Bairros da Vila Clementina, Vila São João e Senador Dantas.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3020/i_15.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3020/i_15.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica no Bairro Conchal 1, rua ao lado Motel Fantasy, iniciando o patrolamento ao lado da BR-116 e fazendo toda a extensão da via principal do bairro.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Carlinhos Asspa</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3021/i_16.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3021/i_16.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a contratação de profissionais da saúde nos seguintes locais:_x000D_
 1) ESF II da Vila Peri-Peri - contratar um médico e 2 agentes de saúde, e providenciar ar condicionado na sala de espera._x000D_
 2) ESF do Angatuba - contratar um médico._x000D_
 3) Em todos os postos de saúde - contratar agentes de saúde e técnicos em enfermagem.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3022/i_17.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3022/i_17.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, providencie a colocação de placa no Portal do Município desejando boas-vindas aos turistas.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3023/i_18.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3023/i_18.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a limpeza da Escola da Vila Maria e da quadra, pois no local há muitos pombos.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3024/i_19.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3024/i_19.doc</t>
   </si>
   <si>
     <t>para que seja realizada a instalação de bebedouro na sala de espera do atendimento da covid, situada na Av. Cap. Lino Vieira, em frente à Caixa Econômica Federal.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3025/i_20.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3025/i_20.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a instalação de pontos de luminária no Bairro Alto, em frente à casa do Sr. Adalberto até a casa do Sr. Durvalino, passando pela casa do Sr. Adilson.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3026/i_21.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3026/i_21.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a instalação de pontos de luminária no Bairro Alto, em frente à Igreja Católica e Posto de Saúde até a casa do Sr. José Jonas Pereira.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3027/i_22.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3027/i_22.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a limpeza da vala na vilinha do Bairro Angatuba, em frente à casa do Sra. Sueli Oliveira.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3028/i_23.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3028/i_23.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a colocação de um container de lixo na vilinha do Sr. Gabriel, no Bairro Alto.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3033/i_24.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3033/i_24.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a contratação de dois médicos especialistas em ginecologia e pediatria no Posto de Saúde do Centro.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3034/i_25.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3034/i_25.doc</t>
   </si>
   <si>
     <t>para que realize estudos com sua equipe técnica, visando a construção de uma ponte de concreto na Rua Virgílio Zanella, próximo ao acesso da Avenida Ivo Zanella</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3035/i_26.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3035/i_26.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos sobre a possibilidade de instalar área para recreação infantil (playground) nos espaços públicos dos bairros do Jardim das Acácias, Jardim Alvorada, Vila Clementina, Vila São João, Vila Maria, Vila Peri-Peri.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3036/i_27.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3036/i_27.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de placa sinalizando o nome da Rua Ana Flórido Siedlarczyk, no Jardim Elvira Zanella.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3037/i_28.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3037/i_28.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos sobre a realização da pavimentação asfáltica nas seguintes ruas do Jardim São Carlos:_x000D_
 1)Rua Ademar Pereira de Barros;_x000D_
 2)Rua Professor José Cilineu Martins;_x000D_
 3)um trecho da Rua Raul Benedito Pacheco Fernandes;_x000D_
 4)Rua Maria Beline Barduco;_x000D_
 5)e o restante da Rua Máximo Zanella.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3038/i_29.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3038/i_29.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica na estrada do Bairro Angatuba que passa atrás da Igreja Adventista, passando pela mercearia Garcia e saindo no bananal do Sr. Leonel.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3039/i_30.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3039/i_30.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a colocação de um container de lixo na estrada do Bairro Angatuba que passa atrás da Igreja Adventista, em frente à mercearia Suzana.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Vilma Ferreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3041/i_31.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3041/i_31.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos sobre a possibilidade de pavimentação da Rua Adolfo Tognetti, em frente a Escola Santo Agostinho – ESA.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3042/i_32.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3042/i_32.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos sobre a instalação de um toldo, com identificação, na entrada do prédio onde funciona o Centro de Referência de Assistência Social - CRAS.</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3043/i_33.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3043/i_33.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos sobre a construção de poços artesianos nos bairros Braço Grande (14,5 km), e no bairro do km 15, Senador Dantas e Barra do Jacupiranga.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3044/i_34.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3044/i_34.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos para a instalação da rede de esgoto público no bairro do km 15, estrada de Cananéia.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3045/i_35.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3045/i_35.doc</t>
   </si>
   <si>
     <t>para que providencie junto ao setor responsável, a instalação de luminárias na pracinha do Jardim Peri-Peri.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3049/i_36.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3049/i_36.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize convênio entre a Prefeitura e o Governo do Estado de São Paulo, a fim de que seja implementada o programa Atividade Delegada.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3050/i_37.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3050/i_37.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a construção de 2 poços artesianos no Bairro Alto.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3052/i_38.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3052/i_38.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica no Bairro Angatuba, na estrada que passa em frente à casa do Sr. Toninho até a casa do Sr. Dorival Domingues.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3053/i_39.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3053/i_39.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a manutenção nas luminárias dos bairros da zona rural, inclusive na rua do bar do Adriano.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3054/i_40.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3054/i_40.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a roçada na Rua Pedro Bahia dos Santos e também a limpeza das guias nas seguintes ruas: 1) Rua Imigrantes Italianos, Peri-Peri; 2) Rua Capitão Casemiro Lino Viera, Centro.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3055/i_41.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3055/i_41.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de placa de identificação nas ruas do Bairro Jardim Alvorada e na Vila Clementina.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3056/i_42.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3056/i_42.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, entre em contato com a Elektro, a fim de realizar a troca de 2 luminárias na estrada Senador Dantas, sentido Fazenda Ouro Verde, em frente ao sítio do Denis (Código 42177103).</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3057/i_43.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3057/i_43.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, entre em contato com a Elektro, a fim de realizar a extensão da rede elétrica na estrada Boa Vista, km 10,5, em frente ao bar do Sr. Jorge (Código 43010490).</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3060/i_44.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3060/i_44.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento, colocação de fresa asfáltica e alargamento da Rua Sete de Setembro, Jardim Mirassol (chácara da torre), perto da casa do Sr. Paulo.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Edson Leite</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3061/i_45.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3061/i_45.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a limpeza do rio que corta o Jardim Alvorada e a Vila Clementina, dando início no fundo da Rua Miguel Veiga, passando nos fundos da Rua José Vicente Bertolli.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3062/i_46.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3062/i_46.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de redutor de velocidade (lombada), com placa de sinalização, na Rua Orlando Patekoski, nº 07, Jardim das Acácias, próximo à casa do Luiz vigia.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3063/i_47.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3063/i_47.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica no Bairro Braço Grande, na estrada de Cananéia, km 15,8, na rua do João Abrahão.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3064/i_48.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3064/i_48.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento, colocação de fresa asfáltica e alargamento no Bairro Braço Grande, na estrada de Cananéia, km 15,8, na rua do Sr. Jamil Cora.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3065/i_49.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3065/i_49.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a reforma e melhorias do Posto de Saúde, ESF IV Vila Clementina.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3068/i_50.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3068/i_50.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos sobre a possibilidade de pavimentação asfáltica da Rua Santa Inês, Vila Clementina.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3069/i_51.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3069/i_51.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a instalação de ponto de luminária no Bairro Angatuba, próximo ao bananal, casa do Sr. Jairo.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3070/i_52.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3070/i_52.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a instalação de ponto de luminária no Bairro Alto, próximo à casa da Sra. Rose Santana.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3071/i_53.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3071/i_53.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica na Alameda Petropen, até a rua da casa do Sr. João Baiano.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3072/i_54.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3072/i_54.doc</t>
   </si>
   <si>
     <t>Retirada de pauta a pedido do autor no dia 21/03/2022 (09ª Sessão Ordinária).</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3073/i_55.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3073/i_55.doc</t>
   </si>
   <si>
     <t>para que, junto com a sua equipe técnica, entre em contato com a Sabesp a fim de realizar reparos no encanamento de água e esgoto na Av. Dr. Fernando Costa, nº 640, Centro, em frente à casa da Sra. Berenice.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3074/i_56.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3074/i_56.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica na Rua John Lane, Vila Peri-Peri.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3075/i_57.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3075/i_57.doc</t>
   </si>
   <si>
     <t>para que, junto com a sua equipe técnica, entre em contato com a Telefônica/Vivo a fim de realizar a manutenção do sinal da torre.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Marcelo Mariano</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3079/i_58.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3079/i_58.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, entre em contato com a Elektro, a fim de realizar a instalação de uma luminária na Rua Carolina Buzzi, próximo ao nº 470, Vila Clementina.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Rodrigo Mendes</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3080/i_59.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3080/i_59.doc</t>
   </si>
   <si>
     <t>que seja colocada a placa de identificação de rua na travessa da Rua André Rossine na Vila Rosely, com a denominação Rua Ormelindo Pinto, assim como informe a SABESP e a ELEKTRO para que atualizem o nome do logradouro das contas de consumo das residências dos munícipes desta localidade.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Professor Urias, Delmar Simões Jr., Edson Leite</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3081/i_60.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3081/i_60.doc</t>
   </si>
   <si>
     <t>a necessidade de instalar a escolinha de futebol de campo, futsal, voleibol, basquete, handebol na categoria infantil, na Vila Clementina, Senador Dantas, e melhorias na escolinha no Campo Municipal Lauro Lobo.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3082/i_61.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3082/i_61.doc</t>
   </si>
   <si>
     <t>a necessidade de fazer a distribuição do kit esportivo para cada modalidade (futebol de campo, futsal, voleibol, basquete, handebol), cada kit conforme a prática esportiva, contendo:_x000D_
 - uniforme completo (parte superior e inferior), meias ou meião, chuteiras e tênis.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3083/i_62.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3083/i_62.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a limpeza e colocação de fresa asfáltica em todos os pontos de ônibus onde não tenham pavimentação.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3092/i_63.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3092/i_63.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, providencie a instalação de redutor de velocidade (lombada), com placa de sinalização, na Alameda Petropen, em frente à Igreja Católica, próximo à casa do Carlinhos Uchoa, Bairro Conchal.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3093/i_64.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3093/i_64.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a manutenção nas luminárias do Bairro Angatuba, passando o postinho, próximo à casa da Sra. Maria Aparecida.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3094/i_65.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3094/i_65.doc</t>
   </si>
   <si>
     <t>que sejam atendidas as Indicações n.º 003/2021 e n.º 004/2022 com urgência, pois a comunidade necessita do funcionamento do Posto de Saúde do Bairro Alto.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3095/i_66.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3095/i_66.doc</t>
   </si>
   <si>
     <t>que todos os documentos da Prefeitura Municipal sejam digitalizados.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3096/i_67.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3096/i_67.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica na Estrada Vapamirim, Bairro 13 de Maio, próximo ao Sítio do Sr. Ismael e sítio Flora Jaciara.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3097/i_68.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3097/i_68.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar reparos na ponte localizada na Estrada Vapamirim, Bairro 13 de Maio, próximo à casa do Sr. Roberto Carlos Jacinto.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3105/i_69.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3105/i_69.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável,  verifique a possibilidade de tornar a rua da Escola Professor Milcio Bazoli mão única e sinalizar melhor a parada de ônibus escolar.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3104/i_70.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3104/i_70.doc</t>
   </si>
   <si>
     <t>Retirada de pauta a pedido do autor no dia 11/04/2022 (12ª Sessão Ordinária).</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3106/i_71.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3106/i_71.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a instalação de pontos de luminária no Bairro Senador Dantas, próximo à casa da Sr. Flávio, passando na casa do Sr. Camilo até a casa da Sra. Hosana.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3107/i_72.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3107/i_72.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a instalação de pontos de luminária no Bairro Angatuba, até à casa da Sra. Anita.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3108/i_73.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3108/i_73.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento, colocação de fresa asfáltica, alargamento e roçada no Jardim Alvorada, nas seguintes ruas:_x000D_
 - Rua José Leite;_x000D_
 - Ruas 18, 19, 20, 21, 22, 23, 24 e 25;</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3109/i_74.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3109/i_74.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento, colocação de fresa asfáltica, alargamento e roçada na Rua Frederico Zezília, antiga rua do Banespinha, Vila Clementina.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3110/i_75.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3110/i_75.doc</t>
   </si>
   <si>
     <t>para que, junto com a sua equipe técnica, verifique a possibilidade de construção de uma praça juntamente com uma academia ao ar livre na rua Carlos Melcher nos fundos da quadra coberta e em frente ao campo, Vila Clementina.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3111/i_76.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3111/i_76.doc</t>
   </si>
   <si>
     <t>para que, junto com a sua equipe técnica, faça gestão junto ao DER, verificando a possibilidade de realizar outro acesso aos bairros Vila Clementina e Jardim Alvorada, pela estrada de Cananéia.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Edson Leite, Jair da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3112/i_77.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3112/i_77.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar, com urgência, a contratação de técnico de enfermagem no Posto de Saúde do Bairro Alto.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3113/i_78.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3113/i_78.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos sobre a possibilidade de pavimentação asfáltica da Rua Ademar Pereira de Barros, Jardim São Carlos.</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3114/i_79.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3114/i_79.doc</t>
   </si>
   <si>
     <t>que seja realizado o patrolamento, cascalhamento e colocação de fresa asfáltica em alguns pontos na estrada que começa da entrada da Rodovia do Laranjeirinha passando pelo Angatuba, Senador, Bairro Alto, Boa Vista e Lombadinha, além da Alameda Petropen no Bairro Conchal.</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3115/i_80.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3115/i_80.doc</t>
   </si>
   <si>
     <t>que seja realizada a roçada e a poda de árvores da estrada que leva até a Casa de Pedra.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3116/i_81.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3116/i_81.doc</t>
   </si>
   <si>
     <t>que seja realizado o patrolamento, cascalhamento e colocação de fresa asfáltica nas Ruas Cândido Zanella e Rua Miguel Bertholdo na Vila Clementina.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3117/i_82.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3117/i_82.doc</t>
   </si>
   <si>
     <t>que sejam instaladas câmeras de vigilância na Praça da Matriz.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3118/i_83.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3118/i_83.doc</t>
   </si>
   <si>
     <t>para que, junto com a sua equipe técnica, realize a construção de calçadas na Rua Aécio Gauglitz, Vila Palmira.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3122/i_84.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3122/i_84.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a revitalização das árvores na entrada da cidade.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3123/i_85.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3123/i_85.doc</t>
   </si>
   <si>
     <t>que seja dado a devida manutenção na pista de skate em frente à rodoviária e que a mesma seja liberada para sua prática esportiva.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3124/i_86.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3124/i_86.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a instalação de 2 pontos de luminária na pousada municipal.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3125/i_87.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3125/i_87.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a instalação de 2 pontos de luminária na estrada da Casa de Pedra, próximo à casa do Sr. Zetinho.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3126/i_88.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3126/i_88.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a instalação de 1 ponto de luminária no final da Rua Pedro Bonne, Centro, depois da casa do Bi.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3130/i_89.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3130/i_89.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, solicite a limpeza da Rua Cílio Zanella, Vila Clementina.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3131/i_90.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3131/i_90.doc</t>
   </si>
   <si>
     <t>para que, junto com a sua equipe técnica, verifique e realize as seguintes melhorias na quadra coberta da Vila Clementina:_x000D_
 - reforma nos banheiros;_x000D_
 - substitua a janela da copa por uma mais segura com grades;_x000D_
 - instalação de torneiras e adequação para que os praticantes de atividades esportiva possam ter condição de lavar os rostos e tomar água;</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3132/i_91.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3132/i_91.doc</t>
   </si>
   <si>
     <t>para que, junto com a sua equipe técnica, verifique e realize as seguintes melhorias no vestiário do campo da Vila Clementina:_x000D_
 - readequação nos vestiários_x000D_
 - vasos sanitários em condições de uso;_x000D_
 - instalação e reposição de novas torneiras para a facilidade de lavar os rostos e beber água na prática esportiva;</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3133/i_92.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3133/i_92.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica na Linha Jurubatuba, km 12, estrada de Cananéia, próximo à casa do Sr. José Machado.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3134/i_93.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3134/i_93.doc</t>
   </si>
   <si>
     <t>que seja realizado um estudo com o Departamento de Educação para que na rede municipal de ensino possa ser inserida Libras como disciplina curricular.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3135/i_94.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3135/i_94.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a colocação de um container de lixo na estrada de Cananéia, km 12,5 (à esquerda - sentido Cananéia), em frente à chácara da dona Rosane Galvão.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3153/i_95.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3153/i_95.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, entre em contato com a Elektro, a fim de realizar a troca de 2 luminárias nas seguintes localidades:_x000D_
 - Rua Dr. Gustavo Paulo Schultz, próximo ao nº 275, Vila Peri-Peri._x000D_
 - Pedro Bahia dos Santos (código 9009671), no final da rua, sentido Jacupiranga.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3154/i_96.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3154/i_96.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar as seguintes melhorias:_x000D_
 - instalação de um corrimão no Posto de Saúde na Vila Peri-Peri._x000D_
 - troca do corrimão no Posto de Saúde do Bairro Angatuba.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3155/i_97.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3155/i_97.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos sobre a possibilidade de instalar área para recreação infantil (playground) na Rua Santina Flórido Adrião, ao lado da casa do Sr. Lino, em frente à Creche da Vila São João.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3156/i_98.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3156/i_98.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a manutenção nas luminárias do Bairro Senador Dantas, próximo à casa da Sr. Fábio Assunção.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3157/i_99.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3157/i_99.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a manutenção nas luminárias do Bairro Alto, próximo à casa da Sra. Sônia Teixeira.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3158/i_100.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3158/i_100.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a roçada e limpeza de valas nos Bairros Conchal 1, Conchal 2, Lombadinha (Boa Vista), Senador Dantas, Bairro Alto, Simbiúva e Angatuba.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3159/i_101.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3159/i_101.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a colocação de um container de lixo na Rua André Rossini, entre o nº 800 a 830, na Vila Rosely.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3160/i_102.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3160/i_102.doc</t>
   </si>
   <si>
     <t>para que entre em contato com a Polícia Militar, na pessoa do Sargento Adauto, a fim de realizar a ronda nas escolas.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3161/i_103.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3161/i_103.doc</t>
   </si>
   <si>
     <t>para que, junto com a sua equipe técnica, realize a contratação de pessoal para o cargo de pedreiro.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3162/i_104.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3162/i_104.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica na estrada de Cananéia, km 15, à direita sentido Pariquera-Cananéia, rua da Sra. Hilda Souza dos Santos.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3163/i_105.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3163/i_105.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento, colocação de fresa asfáltica e roçadas na estrada de Cananéia, km 14, rua da mercearia do Sr. Petrônio.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3164/i_106.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3164/i_106.doc</t>
   </si>
   <si>
     <t>para que, por meio do Departamento responsável, elabore estudos visando a inclusão de profissionais de Educação Física e Nutricionista na ESF (Estratégia da Saúde da Família) no Município de Pariquera-Açu.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3165/i_107.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3165/i_107.doc</t>
   </si>
   <si>
     <t>que seja realizado o patrolamento e a colocação de fresa asfáltica na Estrada Flora Jaciara, Linha 13 de maio, referência Sítio Guaracuvi.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3166/i_108.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3166/i_108.doc</t>
   </si>
   <si>
     <t>que seja realizado o patrolamento, cascalhamento e colocação de fresa asfáltica na rua Baldevino Guatura no Jd. São Carlos.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3167/i_109.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3167/i_109.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica no final da Rua Santina Flórido Adrião, Vila São João.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3168/i_110.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3168/i_110.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, solicite a limpeza e roçada dos terrenos baldios no Centro e nos bairros do nosso município.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3175/i_111.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3175/i_111.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, entre em contato com a Elektro, a fim de realizar a manutenção de duas luminárias na estrada municipal, próximo à Pronatu, Vila Maria.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3176/i_112.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3176/i_112.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, entre em contato com a Elektro, a fim de realizar a poda das árvores na estrada municipal, na esquina da Rua São Paulo, Vila Maria.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3177/i_113.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3177/i_113.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, entre em contato com a DER, a fim de realizar a sinalização horizontal e vertical da estrada de Cananéia.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3178/i_114.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3178/i_114.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica nas seguintes ruas da Vila Clementina:_x000D_
 - Rua Bezerra de Menezes;_x000D_
 - Rua Ângelo Antoniolli, da escola até o final, sentido Alvorada.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3179/i_115.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3179/i_115.doc</t>
   </si>
   <si>
     <t>que cobre da empresa que instalaram os refletores no campo do Bairro Senador Dantas para que deixe em perfeito funcionamento.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3180/i_116.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3180/i_116.doc</t>
   </si>
   <si>
     <t>que seja disponibilizado um latão de lixo no Parquinho próximo à Casa do Artesão.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3181/i_117.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3181/i_117.doc</t>
   </si>
   <si>
     <t>que seja instalada uma lombada na rua Orlando José Ponsoni, próximo ao número 400, no bairro Jardim Alvorada.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3182/i_118.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3182/i_118.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar reparos na estrada do Bairro Laranjeirinha, próximo à casa do Sr. Edson Brito.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3186/i_119.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3186/i_119.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, elabore um Projeto de Lei denominando a Estrada PA 08, que liga o Município de Pariquera-Açu ao Bairro Senador Dantas, no final da Rua André Rossini, Vila Rosely, com o nome do Sr. João Batista Melcher devido aos trabalhos prestados neste Município, conforme Biografia em anexo.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3187/i_120.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3187/i_120.doc</t>
   </si>
   <si>
     <t>para que realize estudos sobre um acostamento no trecho da Rodovia Ivo Zanella, na altura do km 100, que vai da casa do Sr. Abdnego até o quiosque em frente ao cemitério.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3188/i_121.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3188/i_121.doc</t>
   </si>
   <si>
     <t>para que realize estudos sobre o restante de calçada que falta na Av. Dr. Carlos Botelho, entre o necrotério e o ponto de ônibus, em frente ao cemitério.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3197/i_122.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3197/i_122.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, providencie a instalação de redutor de velocidade (lombada), com placa de sinalização, na Rua Lauro Lobo, próximo ao número 275, Jardim das Acácias.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3198/i_123.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3198/i_123.doc</t>
   </si>
   <si>
     <t>para que, junto com a sua equipe técnica, realize a contratação de pessoal para o cargo de Agente Comunitário de Saúde no postinho da Vila Peri-Peri.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3199/i_124.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3199/i_124.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a retirada das árvores mortas e secas na entrada da cidade.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3201/i_125.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3201/i_125.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, verifique a possibilidade de instalar toldos na Escola Abelhinha.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3202/i_126.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3202/i_126.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, verifique a possibilidade de realizar a manutenção nos vidros das janelas da Escola Prof. Sidney Conceição Medeiros Egydio, Vila São João.</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3203/i_127.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3203/i_127.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, verifique a possibilidade de realizar a manutenção dos paralelepípedos (bloquetes) na Rua Romeu Monti, em frente à Escola Presidente Vargas, Centro.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3204/i_128.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3204/i_128.doc</t>
   </si>
   <si>
     <t>que seja tomada todas as providências para que tenhamos um atendimento do Banco do Povo do Estado de São Paulo em nosso Município.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3205/i_129.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3205/i_129.doc</t>
   </si>
   <si>
     <t>que seja realizado patrolamento e colocação de fresa asfáltica nas ruas do Distrito Industrial.</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3206/i_130.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3206/i_130.doc</t>
   </si>
   <si>
     <t>que sejam substituídas as lâmpadas amarelas da região central da cidade, principalmente da Avenida Dr. Carlos Botelho, por lâmpadas led branca.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3210/i_131.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3210/i_131.doc</t>
   </si>
   <si>
     <t>para que faça gestão junto ao Funasa, a fim de realizar a aquisição de mais um caminhão coletor de lixo.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3211/i_132.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3211/i_132.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a colocação de um container de lixo no Bairro Senador Dantas, em frente à casa da Sra. Neuza Pereira, sítio Guanandi.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3212/i_133.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3212/i_133.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica na Rua Santina Flórido Adrião, Vila São João, em frente à casa do Sr. Eduardo Correia da Sra. Esmeralda.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3213/i_134.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3213/i_134.doc</t>
   </si>
   <si>
     <t>a possibilidade do caminhão de lixo passar até a Linha 13 de Maio.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3215/i_135.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3215/i_135.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, verifique a possibilidade de instalar toldos na Creche da Vila São João.</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3216/i_136.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3216/i_136.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize a manutenção nas luminárias do Bairro Boa Vista (Lombadinha), Vilinha Jango, em frente à casa do Sr. Flávio.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3217/i_137.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3217/i_137.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, providencie a instalação de redutor de velocidade (lombada), com placa de sinalização, no Bairro Boa Vista (Lombadinha), em frente à casa do Sr. José Marcos de Aguiar.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3218/i_138.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3218/i_138.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a colocação de um container de lixo no Bairro Alto, em frente à casa Sra. Mafalda.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3219/i_139.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3219/i_139.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, providencie a instalação de redutor de velocidade (lombada), com placa de sinalização, no Bairro Senador Dantas 2, próximo à Igreja Assembleia, em frente à casa do Sr. José Reis.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3220/i_140.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3220/i_140.doc</t>
   </si>
   <si>
     <t>que seja realizada a pintura das faixas de pedestres em frente de todas as escolas.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3221/i_141.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3221/i_141.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a colocação de um container de lixo na Linha 13 de Maio, em frente à casa do Sr. Ridel.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3225/i_142.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3225/i_142.doc</t>
   </si>
   <si>
     <t>para que a ambulância ou outro veículo possa buscar e deixar, em suas residências, os pacientes que são levados para consulta médica fora do município.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3226/i_143.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3226/i_143.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, providencie a instalação de redutor de velocidade (lombada), com placa de sinalização, no Bairro Boa Vista (Lombadinha), em frente à casa do Sr. Nei dos Anjos.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3227/i_144.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3227/i_144.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica em todas as estradas do Bairro Alto.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3228/i_145.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3228/i_145.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a troca da base da placa de sinalização localizada no Bairro Senador Dantas.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Numeração cancelada.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3240/i_151.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3240/i_151.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos sobre a possibilidade de pavimentação asfáltica das seguintes ruas no Jardim Alvorada:_x000D_
 - Prof. José Vicente Bertoli;_x000D_
 - José Padovan Neto.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3245/i_152.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3245/i_152.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, elabore um Projeto de Lei denominando a EMEIF, conhecida como Escola Senador Dantas, como Escola Camilo Gomes, em homenagem a este homem que demonstrou acreditar no futuro de nossas crianças, conforme Biografia em anexo.</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Jorge Caraí</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3260/i_153.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3260/i_153.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, elabore um Projeto de Lei denominando o Posto de Saúde do Bairro Pariquera-Mirim, com o nome da Sra. Maria Isaura Leocadio da Costa devido aos trabalhos prestados neste Município, conforme Biografia em anexo.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3261/i_154.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3261/i_154.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos sobre a possibilidade de aumentar a diária dos motoristas.</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3262/i_155.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3262/i_155.doc</t>
   </si>
   <si>
     <t>a necessidade de instalar corrimão na ponte do Bairro Boa Vista (Lombadinha), próximo ao bar do Gervásio.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3263/i_156.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3263/i_156.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica nos seguintes bairros rurais Bairro Alto, Angatuba e Boa Vista, especialmente no Bairro Senador Dantas, em frente à casa do Sr. Odair.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3264/i_157.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3264/i_157.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a colocação de linha de tubos no Bairro Conchal, vila João Barba, próxima à casa do Sr. Bahia.</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Felipe Trianoski</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3282/i_158.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3282/i_158.doc</t>
   </si>
   <si>
     <t>a necessidade de instalar uma lixeira contêiner no Bairro Angatuba, Rua Três, próximo à casa do Sr. Nivio Gomes.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3283/i_159.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3283/i_159.doc</t>
   </si>
   <si>
     <t>a necessidade de instalar uma lixeira contêiner no Bairro Angatuba, atrás da Igreja Adventista, próximo à mercearia Garcia.</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3284/i_160.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3284/i_160.doc</t>
   </si>
   <si>
     <t>a necessidade de instalar redutores de velocidade (lombada) e sua devida sinalização no Bairro Angatuba, nos seguintes locais:_x000D_
 1. Rua localizada atrás da Igreja Adventista, próximo à mercearia Garcia._x000D_
 2. Rua Três, próximo à casa do Sr° Nivio Gomes.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3288/i_161.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3288/i_161.doc</t>
   </si>
   <si>
     <t>que seja instalado um novo abrigo de ônibus de concreto na entrada do bairro Angatuba com urgência, de acesso a via Rodovia do Laranjeirinha.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3289/i_162.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3289/i_162.doc</t>
   </si>
   <si>
     <t>que seja realizada a manutenção nas luminárias da Praça do Bairro Angatuba.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3290/i_163.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3290/i_163.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a colocação de um container de lixo no Bairro Boa Vista, em frente à casa Sr. Irineu Dias Pereira.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3291/i_164.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3291/i_164.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a colocação de um container de lixo no Bairro Angatuba, Rua Três, em frente à casa Sr. Edinei.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3292/i_165.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3292/i_165.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a colocação de um container de lixo no Bairro Senador Dantas, em frente à casa Sr. Gerson.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3293/i_166.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3293/i_166.doc</t>
   </si>
   <si>
     <t>a necessidade de construir um ponto de ônibus na estrada do Bairro Alto, em frente à fazenda X-15.</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3296/i_167.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3296/i_167.doc</t>
   </si>
   <si>
     <t>a necessidade de instalar lixeiras contêiner no Jardim São Carlos: R. Maria Holovate Leocádio (estudar ponto estratégico para instalar) e R. Raul Benedito Pacheco Fernandes (ao lado da mercearia da Maria).</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3297/i_168.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3297/i_168.doc</t>
   </si>
   <si>
     <t>a necessidade de instalar redutores de velocidade (lombada) e sua devida sinalização no Jardim São Carlos, nos seguintes locais: _x000D_
 1. Rua Maria Holovate Leocádia _x000D_
 2. Rua dos Direitos Humanos _x000D_
 3. Rua Raul Benedito Pacheco Fernandes (entre as casas do Sr. Silvio e Sr. Samuel).</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3300/i_169.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3300/i_169.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de redutor de velocidade (lombada), com placa de sinalização, na Rua Walden Hugues Simões, nº 62, Vila Débora, em frente à casa da Dona Inês Miraider.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3301/i_170.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3301/i_170.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de travessia elevada de pedestres (lombada), com placa de sinalização, na Rua Antônio Kotoski, em frente à Pizzaria.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3302/i_171.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3302/i_171.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, providencie a instalação de redutor de velocidade (lombada), com placa de sinalização, no Bairro Boa Vista (Lombadinha), em frente à casa do Sr. Jorge Suzuki.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3303/i_172.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3303/i_172.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a colocação de um container de lixo no Bairro Alto, ao lado da Igreja Cristã, perto da casa do Sra. Tereza.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>Eliane Viccaro Trianoski</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3310/i_173.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3310/i_173.doc</t>
   </si>
   <si>
     <t>que por meio do Departamento responsável, solicito atenção para atendimento à necessidade de se colocar lixeiras contêiner no Bairro Boa Vista nos seguintes endereços:_x000D_
 1)na esquina da casa e barracão do Tico, em frente à casa do Senhor Julio César Coelho de Jesus;_x000D_
 2)na esquina em frente ao Bar Curva do Gole, da Senhora Ceide da Veiga Alves de Araújo;_x000D_
 3)na estrada do U, nas proximidades da residências do Senhor Miguel, conhecido como Zebrinha.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3311/i_174.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3311/i_174.doc</t>
   </si>
   <si>
     <t>por meio do Departamento responsável, sobre a necessidade de se colocar lixeiras contêiner no Bairro Braço Preto nos seguintes endereços:_x000D_
 1) na esquina em frente à entrada do Sítio São Miguel - citricultores (família Wosniak), Linha Braço Preto, Estrada PA-10 (local: à beira da estrada);_x000D_
 2) na frente da residência de Osmar Mota - família Mota, endereço: Linha Braço Preto, Estrada PA-10 (local: à beira da estrada).</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3312/i_175.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3312/i_175.doc</t>
   </si>
   <si>
     <t>por meio do Departamento responsável, solicitando atendimento no Bairro Boa Vista, sobre a necessidade de se colocar 12 braços de iluminação pública em nove postes às margens da Estrada Municipal que seguem para residência de Silverio Mendonça da Veiga e terminam na frente do Bar "Curva do Gole " da Senhora Ceide da Veiga de Alves Araujo. e as outras 3 seriam na mesma linha; mas se faz necessário levantar 3 postes logo após a esquina do “U” e entrada do Senhor Mauro Marques.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3313/i_176.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3313/i_176.doc</t>
   </si>
   <si>
     <t>por meio do Departamento responsável, sobre a necessidade de troca de tampa de bueiro e limpeza geral dos bueiros na esquina da Rua Andre Rossine e Rua Araripe, ao lado da residência da Elizete Oliveira.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3316/i_177.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3316/i_177.doc</t>
   </si>
   <si>
     <t>a necessidade de instalar lixeiras contêiner no Jardim São Carlos: Rua dos Direitos Humanos e Rua Adhemar Pereira de Barros.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3317/i_178.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3317/i_178.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento e cascalhamento nas estradas do bairro Pariquera-Mirim em caráter de urgência.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3321/i_179.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3321/i_179.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o conserto dos portões principais da Escola Municipal Sidney Conceição Medeiros Egydio em caráter de urgência.</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3322/i_180.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3322/i_180.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, providencie a instalação de redutor de velocidade (lombada), com placa de sinalização, na Rua Almerando Gomes, nº 149, próxima à Hamburgueria Mansano’s, no Bairro Conchal.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3323/i_181.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3323/i_181.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, providencie a instalação de redutor de velocidade (lombada), com placa de sinalização, na Rua Nagir Dionísio Ferreira, nº 413, próxima à casa do Sr. Isaqueu Pupo, no Jardim São Carlos.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3324/i_182.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3324/i_182.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, providencie a instalação de corrimão na ponte do Rio Pariquera, localizada na Estrada do Braço Preto.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3325/i_183.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3325/i_183.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica na estrada principal do Bairro Conchal I.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3326/i_184.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3326/i_184.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, providencie a instalação de redutor de velocidade (lombada), com placa de sinalização, no Bairro Conchal I, em frente à casa do Sr. Juvelino Alves.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3327/i_185.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3327/i_185.doc</t>
   </si>
   <si>
     <t>que por meio do Departamento responsável, solicito atenção para atendimento à necessidade de providenciar uma cobertura na entrada da Creche Municipal Maraci Hernandes do Amaral, na Vila São João, em virtude de transtornos em dias chuvosos.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3328/i_186.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3328/i_186.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento e cascalhamento na estrada do bairro Cacau-Açu.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3329/i_187.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3329/i_187.doc</t>
   </si>
   <si>
     <t>que por meio do Departamento responsável solicito atenção para estudo e viabilidade de calçamento em paralelepípedo na Rua Armando Barduco (rua sem saída com aproximadamente 50 metros) - Vila Peri-Peri.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3330/i_188.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3330/i_188.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e abertura das valetas laterais na estrada do bairro Treze de Maio, desde a entrada de acesso à Rodovia SP 226 até a casa da família Leocadio.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3331/i_189.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3331/i_189.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a manutenção da ponte da estrada principal do Bairro Treze de Maio (próximo a casa de Eliane e Roberto) em CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3332/i_190.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3332/i_190.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, verifique a possibilidade de realizar a manutenção na pintura do muro da Escola Presidente Vargas, Centro.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3333/i_191.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3333/i_191.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, verifique a possibilidade de disponibilizar mais 2 dias para que os ambulantes possam trabalhar, com a intercalação dos dias para cada ambulante. A disponibilização dos dias será até a Administração conseguir um espaço adequado aos ambulantes.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3334/i_192.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3334/i_192.doc</t>
   </si>
   <si>
     <t>a necessidade de reparos na iluminação pública da Rodoviária de Pariquera-Açu e da Igreja Católica da Vila Maria.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3335/i_193.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3335/i_193.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a colocação de um container de lixo no Bairro Boa Vista, em frente à casa Sr. Moacir Verde.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3339/i_194.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3339/i_194.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, realize estudos sobre a possibilidade de pavimentação asfáltica da Rua Aparício Mâncio, Vila São João.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3340/i_195.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3340/i_195.doc</t>
   </si>
   <si>
     <t>para que, junto ao setor responsável, providencie a instalação de redutor de velocidade (lombada), com placa de sinalização, na Av. Tenente João Euzébio Rodrigues, 392, Centro.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3029/m_01.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3029/m_01.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Polícia Civil, na pessoa do Delegado, Dr. Fábio Américo Ribeiro Maia, e a sua equipe, e à Polícia Militar, na pessoa do Comandante 1º GP de Pariquera-Açu, 2º Sargento Adauto dos Santos Lima, e a sua equipe, pelo excelente trabalho e atuação em prol da segurança pública da sociedade</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>Milton Ticaca, Adiel de Andermo, Carlinhos Asspa, Delmar Simões Jr., Edson Leite, Jair da Silva, Marcelo Mariano, Professor Urias, Vilma Ferreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3047/m_02.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3047/m_02.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento do senhor JOSÉ PAULO LIMA REDIS, ocorrido no dia 05 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3088/m_03.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3088/m_03.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO ao Presidente do Senado Federal e à Senadora Simone Tebet (MDB), para a aprovação da Proposta de Emenda à Constituição - PEC 22/11, que estabelece o piso salarial aos Agentes Comunitários de Saúde e aos Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>Edson Leite, Carlinhos Asspa, Delmar Simões Jr., Jair da Silva, Marcelo Mariano, Milton Ticaca, Professor Urias, Rodrigo Mendes, Vilma Ferreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3103/m_04.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3103/m_04.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento do senhor WAGNER LOURENÇO RODRIGUES DOS SANTOS, ocorrido no dia 07 de abril do corrente ano.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>Vilma Ferreira da Silva, Carlinhos Asspa, Delmar Simões Jr., Edson Leite, Marcelo Mariano, Milton Ticaca</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3136/m_05.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3136/m_05.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Senhorita Heloisa Gibertoni Dantas, reconhecendo o talento desta jovem, e na certeza de que ela estará cada vez mais elevando o nome de Pariquera-Açu, no universo da música.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3173/m_06.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3173/m_06.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO ao Senado Federal pela aprovação da Proposta de Emenda à Constituição - PEC 22/11, que estabelece o piso salarial aos Agentes Comunitários de Saúde e aos Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3174/m_07.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3174/m_07.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO à Câmara dos Deputados pela aprovação do Projeto de Lei nº 2.564/2020, que institui o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3189/m_08.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3189/m_08.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO ao Presidente da República, Excelentíssimo Senhor Jair Messias Bolsonaro, para que sancione o PL nº 2564 que foi aprovado na Câmara dos Deputados no dia 04/05/2022, que estabelece o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3190/m_09.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3190/m_09.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Associação dos Bananicultores do Vale do Ribeira - ABAVAR, na pessoa do Presidente Ézio Borges, pela excelente organização da 10ª Edição da FEIBANANA, realizada no nosso município no Centro de Eventos, trazendo muitas novidades aos produtores e mais desenvolvimento para nossa região.</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
     <t>Delmar Simões Jr., Carlinhos Asspa, Edson Leite, Jair da Silva, Marcelo Mariano, Milton Ticaca, Professor Urias, Rodrigo Mendes, Vilma Ferreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3191/m_10.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3191/m_10.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento do senhor ANTÔNIO JARBAS MARTINS SOBRINHO, ocorrido no dia 16 de maio do corrente ano.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3222/m_11.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3222/m_11.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO ao Procurador Municipal da cidade de Registro/SP DEMÉTRIUS OLIVEIRA DE MACEDO (OAB/SP n. 305.997), diante da inadmissível covardia em agredir sem piedade sua colega de trabalho a Procuradora Municipal Dra. GABRIELA SAMADELLO MONTEIRO DE BARROS (OAB/SP n. 304.314) que ocorreu em seu ambiente de trabalho na Procuradoria Municipal de Registro/SP.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3223/m_12.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3223/m_12.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da senhora FELICIA VIEIRA DA SILVA, ocorrido no dia 22 de junho do corrente ano</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3242/m_14.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3242/m_14.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos seguintes projetos: Projeto Judokinhas de Cristo,  Projeto Abba Jiu-Jitsu, Associação de Capoeira Senhor do Bonfim de Pariquera-Açu, Grupo Forças Unidas Capoeira e Projeto Junéca, pela organização dos projetos sociais, promovendo a oportunidade para as pessoas, o seu desenvolvimento e a formação de cidadãos na construção de um futuro melhor.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3314/m_15.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3314/m_15.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Escola de Música e Produtora Cultural ISET MUSIC pelo trabalho realizado e o amor pela música, revelando novos talentos e projetando-os em rede nacional._x000D_
 _x000D_
 Agradecemos a ISET MUSIC por mostrar ao Brasil que o Vale do Ribeira é um grande berço de novos talentos da música em nível nacional e internacional.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3315/m_16.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3315/m_16.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Dunamis Farm, nas pessoas do Sr. Larson Giuliano Martinelli Bittencourt, Sra. Mayla Siracusa Bittencourt e ao Sr. Helvecio Coimbra, representando os 35 voluntários, pela colaboração e a participação no evento, aos cabeleileiros Gustavo Gatto, André do Corte, Jean do Corte, Rael do Corte, Salão Dom Cortes Ratão, Jean Antunes, João do Corte e Pedro Cortes, e às Sras. Vithória Maria Trigo e Letícia Souza, pela assistência e organização do evento.</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>Carlinhos Asspa, Adiel de Andermo, Jorge Caraí, Marcelo Mariano, Milton Ticaca</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3336/m_17.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3336/m_17.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos senhores: Adriano Camargo Dias, Cláudio José de Freitas, Edimar Marcondes, Eron Gabriel Gouvêa da Fonseca, Gilberto Sidney Egydio, Lidirrone Martins Marques e Marcondes Leocádio, que com responsabilidade, vêm prestando um serviço de excelência junto ao Múnicipio.</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>Marcelo Mariano, Adiel de Andermo, Carlinhos Asspa, Jorge Caraí, Milton Ticaca</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3337/m_18.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3337/m_18.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à aluna Loraine Sofia Patekoski Figueiredo de Barros, pela conquista da Medalha de Ouro e excelente desempenho na Olimpíada do Bicentenário da Independência do Brasil.</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>Adiel de Andermo</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3338/m_19.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3338/m_19.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos professores e entidades: Sensei Eduardo Marinelli Scachetti, Sensei Alexandre Siedlarczik Schimite, Sensei Michele Nunes, Sensei Murilo Rodrigues, Equipe Lótus Clube e Centro de Treinamento Fibrados, pelo trabalho e dedicação na promoção do Jiu-Jitsu em Pariquera-Açu, aos Atletas pela premiação: 1º Lugar - Letícia Patekoski Mendonça e Clayton Batista André; 2º Lugar - Gabriely Cristine Alves Teixeira e Ellen Eduarda Gomes Marques; 3º Lugar - Bernardo Trianoski Vieira Lima, Júlia Redes Ribeiro e Eduardo Harzer Schemidt, e aos demais Atletas que competiram e representaram o nome de Pariquera-Açu.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3000/r_01.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3000/r_01.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Existe planejamento por parte da prefeitura para que possa ter aumento salarial aos servidores desta prefeitura para o ano de 2022?_x000D_
 2)Se sim, qual previsão para tal ação?_x000D_
 3)Se não, justifique.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3001/r_02.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3001/r_02.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Existe planejamento por parte da Prefeitura em reajustar o auxílio-alimentação para o ano de 2022?_x000D_
 2)Se sim, qual previsão para tal ação?_x000D_
 3)Se não, justifique.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3002/r_03.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3002/r_03.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Existe planejamento por parte da Prefeitura em aumentar o valor das diárias, neste novo ano de 2022?_x000D_
 2)Se sim, qual valor e qual previsão para tal ação?_x000D_
 3)Se não, justifique.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3003/r_04.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3003/r_04.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Existe planejamento por parte da Prefeitura para elaboração de projeto para que seja implantado o plano de cargo e carreira para 2022?_x000D_
 2)Se sim, qual previsão para tal ação?_x000D_
 3)Se não, justifique.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3012/r_05.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3012/r_05.doc</t>
   </si>
   <si>
     <t>ao Representante da Empresa Telefônica/Vivo - Pariquera-Açu, para que informe o seguinte:_x000D_
 _x000D_
 1)Quais providências serão tomadas sobre a rede telefônica que está caída na Av. Dr. Carlos Botelho, ao lado da Sabesp, e na Rua Santina Flórido Adrião, próximo ao número 50, Vila São João, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3013/r_06.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3013/r_06.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Saúde, Sr. Dorival Norberto dos Reis, informe o seguinte:_x000D_
 _x000D_
 Referente ao ano de 2020 e 2021:_x000D_
 1) Qual o número de cidadão na responsabilidade de cada Agente Comunitário do PSF da Vila Clementina? Especificando: número de visitas mensais e porcentagem de cada um, lembrando-se de desconsiderar férias e atestados._x000D_
 2) Como é realizado o controle de visitas? Qual instrumento é utilizado e de que forma?</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3046/r_07.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3046/r_07.doc</t>
   </si>
   <si>
     <t>ao CONSAÚDE, por meio do Superintendente, Sr. José Antônio Antosczezem, informe o seguinte:_x000D_
 _x000D_
 1)Existem estudos sobre a possibilidade de reposição salarial e reposição do vale alimentação aos funcionários do Hospital Regional Dr. Leopoldo Bevilacqua?_x000D_
 2)O Consaúde irá realizar a reposição das perdas inflacionárias aos servidores do Hospital Regional Dr. Leopoldo Bevilacqua?_x000D_
 3)O Consaúde irá realizar a reposição das perdas inflacionárias do vale alimentação?_x000D_
 4)Caso as respostas dos itens 2 e 3 sejam negativas, qual a justificativa?</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3076/r_08.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3076/r_08.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Qual foi o valor dos repasses do Governo Federal e do Governo Estadual que o Município de Pariquera-Açu recebeu entre o ano de 2020 até o momento?_x000D_
 2)Quantos foram gastos com os materiais? (Informando os produtos, preço e quantidade adquirida)._x000D_
 3)Quantos foram gastos com os funcionários contratados para a pandemia? (Informando a quantidade de funcionários contratados e o valor)._x000D_
 4)Ainda existem valores para serem utilizados? Se sim, como serão utilizados, tendo em vista que a pandemia vem diminuindo.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3084/r_09.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3084/r_09.doc</t>
   </si>
   <si>
     <t>convocação do Diretor de Saúde Sr. Dorival Reis a comparecer ao Plenário dessa Casa, a fim de prestar esclarecimentos acerca do Departamento de Saúde, das Vacinas contra o Covid-19, dos prestadores de serviços relacionado ao Covid, exames laboratoriais, remédios, atendimentos envolvendo o serviço do 192 e, dentre outros assuntos correlatos, em Sessão Extraordinária, na data a ser estabelecida para o comparecimento do mesmo, dentro do prazo improrrogável de 20 (vinte) dias, de acordo com o artigo 330 §2º c/c 331 do Regimento Interno, onde segue os principais questionamentos: _x000D_
 _x000D_
 1)Qual a quantidade de vacinas fora aplicada em 2021 e 2022? _x000D_
 2)Qual a quantidade de vacinas teremos a partir de abril/2022? _x000D_
 3)Quais os contratos vigentes com empresas para prestar serviços de saúde?E quais são estes serviços? _x000D_
 4)Quais os tipos e quantidades de remédios que temos na farmácia do município? _x000D_
 5)Quantas equipes possui no atendimento 192? Relacione. _x000D_
 6)Quais os tipos de atendimentos a cada PSF [...]</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3085/r_10.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3085/r_10.doc</t>
   </si>
   <si>
     <t>ao Corpo de Bombeiros de Registro/SP, na pessoa do Comandante Sr. Thiago Yoshioka, que atenda o seguinte:_x000D_
 1)Vistoriar todos os imóveis públicos da Prefeitura Municipal de Pariquera-Açu/SP, tais como escolas, Postos de Saúde, CRAS, CAPS I e demais, pois diversos destes foram identificados que não possuem o elemento fundamental AVCB;_x000D_
 2)Que após a vistoria informe: i) quais foram os tipos de atuações efetuadas; ii) relação dos imóveis que possui AVCB; iii) relação dos imóveis que não possuem o AVCB; iv) Quais medidas foram tomadas perante a falta do AVCB nos imóveis; v) quais prazos disponibilizados ao chefe do poder executivo para a regularização dos imóveis que não possuem o AVCB._x000D_
 3)Caso não seja possível atender o item 1, justifique;</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3086/r_11.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3086/r_11.doc</t>
   </si>
   <si>
     <t>à ADEFIPA, por meio da Responsável, Sra. Vera Lúcia Muller Bertoli, ou qualquer outra pessoa, informe o seguinte:_x000D_
 _x000D_
 1)Além da auxiliar administrativo Marcela Ribeiro dos Santos, quais outros  funcionários estão registrados na associação, informando de todos a data de admissão, salário, funções e horário de trabalho; _x000D_
 2)Cópia da CLT do motorista Carlos Alberto Domingues que faz todas as viagens para a associação, caso não tenha, informe qual o seu vínculo empregatício; _x000D_
 3)Informe quem está autorizado a dirigir o veículo com placa FLL-3504, qual sua utilização durante a semana e finais de semana, além de enviar a cópia do último licenciamento do referido automóvel; _x000D_
 4)Relacione todos os Profissionais da saúde que tem qualquer tipo de vínculo com a associação aptos a prestar seus serviços, além das assistentes sociais sra. Mayara de Souza Martins Lopes e sra. Ana Lúcia da Silva Santos, informando a especialidade e números de atendimentos realizados em 2021 e 2022;_x000D_
 5)Cópia do contrato [...]</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3087/r_12.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3087/r_12.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 1)É possível disponibilizar um número de telefone direto para a Ouvidoria Geral? Já que o informado é da sala do Empreendedor; _x000D_
 2)É possível implantar um sistema nas referidas Ouvidorias para que possam via telefone registrar qualquer tipo de denúncia feita por munícipes, fornecendo um número de protocolo de atendimento? _x000D_
 3)Qual o horário de almoço da ouvidora sra. Michele Ramos de Mello? _x000D_
 4)Qual a possibilidade de termos atendimento das ouvidorias em finais de semana? _x000D_
 5)Cópia da portaria que nomeou as referidas ouvidoras;</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3098/r_13.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3098/r_13.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora de Educação, Sra. Maria Alaídes Caldeira Sales, e do Dir. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1)Quando foi a última vez que as caixas d'águas de todas as escolas e postos de saúde foram limpas? Informe por escolas e por postos de saúde: i) a data da limpeza; ii) produto utilizado; iii) o servidor que executou a limpeza; _x000D_
 2)Todas as escolas e postos de saúde, possuem bebedouros e copos descartáveis? Se sim, informe o tipo/modelo de bebedouro utilizado, se não, informe quais não possuem;</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3099/r_14.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3099/r_14.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Quais os valores destes recursos que foram mencionados pelo Prefeito em entrevista na Rádio Ilha-FM?_x000D_
 2)Quais os motivos destes recursos “perdidos”?_x000D_
 3)Onde deveriam ter sido aplicados?_x000D_
 4)Qual a origem destes recursos?_x000D_
 5)É normal perder tais recursos?</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3100/r_15.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3100/r_15.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Relação dos servidores que compõem o quadro funcional do Município, informando cargo, função e local de trabalho;_x000D_
 2)Relação dos contratos de trabalho temporário em caráter excepcional;_x000D_
 3)Relação dos servidores em cargos de confiança e seu local de trabalho;_x000D_
 4)Relação dos servidores de cargos em comissão e seu local de trabalho;_x000D_
 5)Laudo de insalubridade e periculosidade utilizado pela municipalidade;</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3101/r_16.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3101/r_16.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Existem estudos para a implantação de um pronto atendimento para o nosso município?_x000D_
 2)Caso a resposta  no item 1 seja afirmativa, qual o custo para a implantação do pronto atendimento? _x000D_
 3)Caso a resposta do item 1 seja negativa, justifique.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>Professor Urias, Carlinhos Asspa, Edson Leite, Marcelo Mariano</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3102/r_17.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3102/r_17.doc</t>
   </si>
   <si>
     <t>Requerimento para a abertura de Comissão Parlamentar de Inquérito.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3119/r_18.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3119/r_18.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Agricultura e Abastecimento, Sr. Bruno Arcari, informe o seguinte:_x000D_
 _x000D_
 1)Informe o cronograma de trabalho pelo departamento para este ano; _x000D_
 2)Qual a fila de espera para a disponibilização de máquinas e equipamentos solicitados? E, qual a previsão para cada atendimento? _x000D_
 3)Quais os tipos de máquinas e equipamentos disponibilizados? Informando também suas taxas de locações, para a utilização? _x000D_
 4)Qual o valor arrecadado com locações de maquinários e implementos no ano de 2020 a 2022?</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3120/r_19.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3120/r_19.doc</t>
   </si>
   <si>
     <t>à APAE, por meio da Presidente, Sra. Durvalina de Almeida Pereira, informe o seguinte:_x000D_
 _x000D_
 1)Relação dos bens móveis e imóveis em nome da APAE com a cópia dos documentos comprobatórios;_x000D_
 2)Relação dos funcionários registrados informando nome, cargo e função;_x000D_
 3)Relação dos contratados através de MEI, ME ou temporários informando nome, cargo e função exercida;_x000D_
 4)Relação dos funcionários demitidos sendo pessoa física ou através de pessoa jurídica com o término do contrato, separados por nome, cargo, função e data desde janeiro de 2020;_x000D_
 5)Cópia da folha de pagamentos, assim como o registro do livro de ponto ou relógio de ponto da Diretora Maria Aparecida Sampaio desde janeiro de 2020;</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3121/r_20.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3121/r_20.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia do mapa da localidade informando: i) identificar cada propriedade por nome da empresa ou ocupante de cada área; ii) identificar cada propriedade desocupada; iii) identificar as propriedades regulares apresentando documento comprobatório; iv) identificar as propriedades irregulares apresentando os nomes dos ocupantes se tiver; v) identificar as propriedades do Município;_x000D_
 2)Quais os motivos das propriedades irregulares (sem documento definitivo)? E, o que fazer para regularizar estas propriedades para a obtenção do documento definitivo?_x000D_
 3)É possível disponibilizar áreas para futuras empresas? Quais? De qual forma? _x000D_
 4)Quando ocorrerá o processo licitatório de concorrência do imóvel fruto da ação judicial 1000020-94.2022.8.26.0424?</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3128/r_21.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3128/r_21.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia do relatório de vistoria da vigilância sanitária no CAPS ocorrida em 12 de janeiro de 2022;_x000D_
 2)Cópia de todos os relatórios das vistorias efetuadas pela vigilância sanitária no CAPS nos anos de 2020 e 2021.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3129/r_22.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3129/r_22.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1)Relação de todos os Agentes Comunitários de Saúde e Agentes de Combate às Endemias informando: i) local de atuação; ii) o regime de trabalho de cada um (estatutário ou clt); iii) escala de trabalho de maio, junho e julho; _x000D_
 2)Informe quais os investimentos aplicados com os recursos recebidos em 2021 para este fim, detalhando cada investimento; _x000D_
 3)Qual o Agentes Comunitários de Saúde que não fez nenhuma visita durante um ano, o qual o sr. informou durante a sua convocação na Câmara Municipal;</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3137/r_23.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3137/r_23.doc</t>
   </si>
   <si>
     <t>convocação do Diretor Executivo de Vigilância Sanitária Epidemiológica Sr. César Maciel Araújo Costa a comparecer ao Plenário dessa Casa, a fim de prestar esclarecimentos acerca do Departamento de Vigilância Sanitária Epidemiológica, das atuações, relatórios e vistorias realizadas em ambientes públicos e privados, das atividades relacionadas ao Covid-19, dos atendimentos dos animais, do cumprimento da legislação municipal dos maus tratos aos animais e, dentre outros assuntos correlatos, em Sessão Extraordinária, na data a ser estabelecida para o comparecimento do mesmo, dentro do prazo improrrogável de 20 (vinte) dias, de acordo com o artigo 330 §2º c/c 331 do Regimento Interno, onde segue os principais questionamentos: 1)Quantas vistorias, fiscalizações e autuações foram realizadas em empresas privadas e setores/departamentos/locais públicos nos anos de 2020, 2021 e 2022? 2)Quais setores/departamentos/locais públicos foram vistoriados que apresentaram irregularidades nos anos de [...]</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>Rodrigo Mendes, Edson Leite</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3138/r_24.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3138/r_24.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora de Educação, Sra. Maria Alaídes Caldeira Sales, informe o seguinte:_x000D_
 _x000D_
 1)Quantas crianças são atendidas mensalmente no berçário, no maternal l e no maternal ll? _x000D_
 2)Informe a quantidade e iniciais dos nomes da lista de espera para atendimento na creche, separado por berçário, maternal I e maternal II. _x000D_
 3)Quantos servidores trabalham na creche? Separado por nome, cargo, função e horário de trabalho. _x000D_
 4)Quem prescreve e aplica os medicamentos nas crianças? Se caso não for encontrado a pessoa que faz a medicação? Qual o procedimento para que a criança seja medicada? _x000D_
 5)Quando será disponibilizado uniforme a todos os servidores da creche? Informe prazo; _x000D_
 6)Qual a data da última reunião de pais que a Diretora da Educação esteve presente? _x000D_
 7)Qual a data da última reunião que a Diretora da Educação realizou com os servidores para debater questões internas da creche? Se não ocorreu de 01/2021 até esta data, justifique; _x000D_
 8)Quando exatamente serão reti [...]</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3139/r_25.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3139/r_25.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Haverá a Festa da Cidade no mês de julho como tradicionalmente ocorria em cada ano? _x000D_
 2)Caso a resposta do item “1” seja positiva, informar a data, o local e quem será a organizadora da festa, se a Prefeitura ou uma Pessoa Física ou Jurídica privada; _x000D_
 3)Caso não seja a Prefeitura a organizadora da festa como será a escolha de quem irá organizar? _x000D_
 4)Caso a reposta do item “1” seja negativa, justifique;</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3140/r_26.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3140/r_26.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora de Educação, Sra. Maria Alaídes Caldeira Sales, informe o seguinte:_x000D_
 _x000D_
 1)Quais escolas municipais possuem o professor auxiliar para atender os alunos especiais? Informe também: i) quantidade de alunos e sua série escolar por escola; ii) nomes e quantidades de professores auxiliares por série escolar de cada escola; _x000D_
 2)Quais escolas municipais não possuem o professor auxiliar para atender os alunos especiais? Informe também: i) quantos alunos e sua série escolar que não possuem atendimento do professor auxiliar; ii) motivos de não possuir o professor escolar; _x000D_
 3)Algum funcionário da APAE já visitou as escolas municipais para avaliar os alunos especiais? Se sim, informe: i) quais as escolas visitadas; ii) o nome do funcionário da APAE; iii) as datas das visitas; iv) cópia do relatório elabora por este funcionário se houver;</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3141/r_27.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3141/r_27.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Departamento de Recursos Humanos, Sr. Ivaldo Macedo da Silva, informe o seguinte:_x000D_
 _x000D_
 1)Qual o valor do piso dos professores da rede de ensino municipal em 31 dezembro de 2021, com carga horária de 40hrs, independente se é titular ou substituto? Informe também: i) dos professores com carga horária de 20hrs; ii) dos professores com carga horária de 30hrs; iii) dos servidores com funções de coordenação iv) dos servidores com funções de supervisão; _x000D_
 2)Qual o valor do piso dos professores da rede de ensino municipal em 31 de janeiro de 2022, com carga horária de 40hrs, independente se é titular ou substituto? Informe também: i) dos professores com carga horária de 20hrs; ii) dos professores com carga horária de 30hrs; iii) dos servidores com funções de coordenação; iv) dos servidores com funções de supervisão; _x000D_
 3)Qual o valor do piso dos professores da rede de ensino municipal em 28 de fevereiro de 2022, com carga horária de 40hrs, independente se é titul [...]</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>Rodrigo Mendes, Edson Leite, Jair da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3143/r_28.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3143/r_28.doc</t>
   </si>
   <si>
     <t>Abertura de COMISSÃO PARLAMENTAR DE INQUÉRITO em face do Diretor da Saúde, sr. Dorival Norberto dos Reis, o qual exerce a função de fiscal de contratos, que possivelmente está atuando de forma lesiva aos cofres públicos, podendo responder por negligência, imperícia, imprudência e prevaricação, além de sua conduta podendo ser tipificada como crime e atos por improbidade administrativa.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>Rodrigo Mendes, Edson Leite, Jair da Silva, Professor Urias</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3144/r_29.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3144/r_29.doc</t>
   </si>
   <si>
     <t>Abertura de COMISSÃO PARLAMENTAR DE INQUÉRITO em face do Diretor da Saúde, sr. Dorival Norberto dos Reis, por supostos crimes praticados, tais como assédio moral, abuso de autoridade, coação, constrangimento dentre outros que vier a ser identificado.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3145/r_30.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3145/r_30.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Informar quais Processos Administrativos ou Sindicâncias foram abertos tendo como parte servidores públicos desde 2020, informando: i) nome das partes envolvidas; ii) motivo; ii) conclusão; iv) resultado; _x000D_
 2)Cópia integral de todos os Processos Administrativos e Sindicâncias referente ao item 1; _x000D_
 3)Qual o critério de escolha para abertura de processos administrativos e sindicâncias? _x000D_
 4)Caso exista denúncias para serem apuradas e não foram abertos Processos Administrativos, informar: i) motivo da não abertura do Processo administrativo ou sindicância; ii) partes envolvidas; iii) motivo da denúncia; _x000D_
 5)Cópia integral do processo administrativo em face da ex. Dir. Simone Melcher que foi solicitado pelo Ministério Público;</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3146/r_31.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3146/r_31.doc</t>
   </si>
   <si>
     <t>Retirada de pauta pelo Presidente no dia 02/05/2022 (15ª Sessão Ordinária), mesmo teor do Requerimento n. 23/2022, de autoria do vereador Rodrigo Mendes.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3147/r_32.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3147/r_32.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Obras, Sr. Paulo Henrique, informe e tome as medidas cabíveis como segue:_x000D_
 _x000D_
 1)Em quais ruas e avenidas do município foram realizadas pavimentações asfálticas compreendidas entre 01/01/2021 até a presente data? _x000D_
 2) Quais dos logradouros públicos objeto da pergunta 01, já passou por reparos ou manutenção? E se fora devidamente acionadas as empresas vencedoras do certame no tocante ao acionamento da cláusula contratual da garantia (favor enviar cópia)?   _x000D_
 3)Quem fora o agente público responsável pela fiscalização das respectivas obras e quais os critérios e metodologias utilizadas?_x000D_
 Como é de amplo conhecimento as obras de pavimentação asfálticas, é de relativa complexidade, assim sendo parcela relevante dos serviços fica abaixo do solo e notoriamente a base de sustentação para camada asfáltica não contemplar o projeto a qual fora dada como exigência obrigatória no edital das respectivas licitações e a necessidade de se comprovar o fiel cumpr [...]</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3148/r_33.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3148/r_33.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Enviar relação completa com o devido registro de patrimônio e documentação conforme for o caso de todos os maquinários, veículos e equipamentos de propriedade do município, distinguir os que se encontram em plena funcionalidade dos que encontram-se em manutenção e inservíveis; _x000D_
 2)Como é feita a manutenção dos maquinários, veículos e equipamentos? enviar relação completa com o devido registro de patrimônio e documentação conforme for o caso de todos os maquinários, veículos e equipamentos de propriedade do município?_x000D_
 3)Enviar cópias dos extratados dos contratos, com a informação da modalidade de licitação, a qual foi empregada para a execução dos serviços e respectivas peças utilizadas.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3149/r_34.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3149/r_34.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Enviar os valores monetários praticados pela empresa Auto Posto Petropen Ltda, que foi vencedora do certame, enviar preço do litro da Gasolina, Etanol e Óleo Diesel;  _x000D_
 2)Informar os valores monetários propostos pela empresa que ficou em segundo lugar no supracitado certame;_x000D_
 3)Enviar tabela que contemple a relação na integra e mensal de todos maquinários, veículos e equipamentos e que realizam o abastecimento da referida empresa;_x000D_
 4)Informar qual a estimativa de consumo, dada através da relação quilômetros por litro dos maquinários, veículos e equipamentos que figuram na tabela objeto da solicitação 03;_x000D_
 5)Informar se houve aditamentos, reajuste ou quaisquer outras mudanças nos valores inicialmente pactuados no contrato.</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3150/r_35.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3150/r_35.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Quais são os tributos existentes no município?_x000D_
 2)Como são realizadas as cobranças destes tributos? São emitidos pelo município? Favor enviar explicação detalhada;_x000D_
 3)Em caso de não pagamento das dívidas vencidas?_x000D_
 4)Qual o Prazo para o município realizar a cobrança extrajudicial dos tributos em atraso? E de que forma são realizadas estas cobranças? _x000D_
 5)Qual o Prazo para o município realizar a cobrança judicial dos tributos em atraso? E de que forma são realizadas estas cobranças? _x000D_
 6)Como é composta a cobrança da dívida vencida? Tais como valor principal, juros, multas correção monetárias, encargos e outras que possam incidir no montante a ser cobrado; _x000D_
 7)E de conhecimento que a prefeitura arrecada encargos/sucumbências das execuções fiscais, uma vez arrecadada,  como o erário destina os valores arrecados?</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3151/r_36.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3151/r_36.doc</t>
   </si>
   <si>
     <t>ao Diretor Presidente da Sabesp, Sr. Benedito Braga, para que informe o seguinte:_x000D_
 _x000D_
 1)Quais os procedimentos necessários para solicitação de religações e novas ligações de água?_x000D_
 2)Quais são os prazos de atendimento das solicitações de religações e novas ligações de água?_x000D_
 3)Quais são os documentos necessários para solicitações de religações e novas ligações de água?_x000D_
 4)Os documentos acima mencionados são exigências da própria Sabesp do Estado ou do Município?_x000D_
 5)Em quais leis, resoluções, portarias, contratos, outros que amparam as exigências documentais do item 3?</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3170/r_37.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3170/r_37.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Quais os contratos vigentes para operacionalização de sistema de internet (Vivo, Expand, Infovale, e outras) que operam com o fornecimento de internet em nosso Município, via rádio e via satélite?_x000D_
 2)Quais são os bairros que recebem o fornecimento desse serviço?_x000D_
 3)O que a administração municipal tem realizado para que os bairros que ainda não dispõem desse serviço possam ter a disponibilidade de contratação do serviço de internet?_x000D_
 4)Existem estudos para os bairros que ainda não são contemplados pelo serviço de internet e qual o prazo que o município dispõe para a disponibilização desse serviço?</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3171/r_38.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3171/r_38.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora de Educação, Sra. Maria Alaídes Caldeira Sales, informe o seguinte:_x000D_
 _x000D_
 1)Quantos ônibus atendem ao transporte de alunos da rede de ensino deste município? _x000D_
 2)Relacione todos ônibus, identificando a placa e Renavam ou a cópia do CRLV; _x000D_
 3)Para cada ônibus identificado no item “2”, determine os seguintes sub itens a seguir: _x000D_
 a. data da última revisão; _x000D_
 b.quilometragem; _x000D_
 c.quantidades de cintos de segurança em perfeitas condições de uso nos assentos; _x000D_
 d.quantidades de assentos em perfeita condição de uso comum e prioritário; _x000D_
 e.adaptação para cadeirante; _x000D_
 f.informar se possui seguro obrigatório e o seguro contra acidentes pessoais e terceiros; _x000D_
 g.comprovante de inspeção semestral; _x000D_
 h.quantos km/dia são percorridos? Informar o total de cada mês do primeiro semestre; _x000D_
 4)Cópia do contrato; _x000D_
 5)Cópia da habilitação de cada motorista e informando quem possui o curso especializado nos termos do CONTRAN; _x000D_
 6)Relação dos monitores, identificando o nome,  [...]</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3172/r_39.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3172/r_39.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Quantos ônibus atendem ao transporte coletivo deste município em cada rota? _x000D_
 2)Relacione todos ônibus, identificando a placa e Renavam ou a cópia do CRLV; _x000D_
 3)Para cada ônibus identificado no item “2”, determine os seguintes sub itens a seguir: _x000D_
 a. data da última revisão; _x000D_
 b.quilometragem; _x000D_
 c.quantidades de cintos de segurança em perfeitas condições de uso nos assentos; _x000D_
 d.quantidades de assentos em perfeita condição de uso comum e prioritário; _x000D_
 e.adaptação para cadeirante; _x000D_
 f.informar se possui seguro obrigatório e o seguro contra acidentes pessoais e terceiros; _x000D_
 g.comprovante de inspeção semestral; _x000D_
 h.quantos km/dia são percorridos? Informar o total de cada mês do primeiro semestre;_x000D_
 i.Qual o consumo de combustível por mês neste primeiro semestre? _x000D_
 4)Informar o itinerário de cada rota e os horários de segunda a sábado;_x000D_
 5)Cópia da habilitação de cada motorista; _x000D_
 6)Existe  [...]</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3183/r_40.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3183/r_40.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)O novo piso salarial dos ACS e ACE será pago? _x000D_
 2)Caso a resposta do item “1” seja positiva, informe a data de quando será enviado o projeto de lei para adequar o novo piso salarial dos ACS e ACE? Caso a resposta seja negativa, justifique;</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3184/r_41.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3184/r_41.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Saúde, Sr. Dorival Norberto Reis, informe o seguinte:_x000D_
 1)Quando de fato o posto de saúde do Bairro Alto será reformado tendo o seu completo atendimento? Informe data da reforma e data do início do atendimento; _x000D_
 2)Qual a equipe que será disponibilizada no posto? _x000D_
 3)Quais os tipos de atendimentos serão disponibilizados no posto?</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3194/r_42.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3194/r_42.doc</t>
   </si>
   <si>
     <t>ao Excelentíssimo Senhor Deputado Estadual Jorge Caruso realize gestão junto ao Governo Estadual a fim de formalizar o convênio “Nossa Rua” com o Município de Pariquera-Açu/SP, contemplando a Rua Nagir Dionísio Ferreira, Jardim São Carlos, e a Rua Carolina Buzzi, Vila Clementina.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3195/r_43.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3195/r_43.doc</t>
   </si>
   <si>
     <t>ao Excelentíssimo Senhor Deputado Estadual Itamar Borges realize gestão junto ao Governo Estadual a fim de formalizar o convênio “Nossa Rua” com o Município de Pariquera-Açu/SP, contemplando a Rua Nagir Dionísio Ferreira, Jardim São Carlos, e a Rua Carolina Buzzi, Vila Clementina.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3196/r_44.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3196/r_44.doc</t>
   </si>
   <si>
     <t>ao Excelentíssimo Senhor Deputado Federal Samuel Moreira da Silva Junior realize gestão junto ao Governo Estadual a fim de formalizar o convênio “Nossa Rua” com o Município de Pariquera-Açu/SP, contemplando a Rua Nagir Dionísio Ferreira, Jardim São Carlos, e a Rua Carolina Buzzi, Vila Clementina.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3207/r_45.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3207/r_45.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1) É possível que a Prefeitura e seus departamentos ao realizarem reuniões, audiências, inaugurações, encontros ou qualquer outra atividade, possam ocorrer de segunda-feira a sexta-feira com o término até às 18h00? Caso não seja possível, justifique.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3208/r_46.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3208/r_46.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia do Contrato firmado com empresa que venceu o pregão presencial PP 007/2022; _x000D_
 2)Após o recolhimento do animal, qual o local que ele será guardando? Informar o endereço exato com as coordenadas geográficas; _x000D_
 3)Qual o registro e o nome do veterinário que será responsável pelos animais recolhidos? _x000D_
 4)Qual a identificação do caminhão que fará o recolhimento? Informando placa, Renavan e foto do veículo; _x000D_
 5)Qual o telefone de atendimento 24h? _x000D_
 6)Quem são os titulares dos seguintes telefones 13. 38561899, 99663-9468 e 996685550? Informar nome e CPF ou razão social e CNPJ;_x000D_
 7)Todas as denúncias serão atendidas? Se não, informar o motivo do não atendimento; _x000D_
 8)Caso uma denúncia for realizada e não for atendida, quais as providências serão tomadas por quem não atendeu? _x000D_
 9)Diante do artigo 270 da LC n.9/2003 o qual o Prefeito mencionou, se houver denúncia de um animal de grande [...]</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>Edson Leite, Milton Ticaca, Professor Urias</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3224/r_47.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3224/r_47.doc</t>
   </si>
   <si>
     <t>para que seja prorrogado por mais 90 (noventa) dias o prazo de funcionamento da Comissão Parlamentar de Inquérito instaurada para apurar denúncia sobre possíveis irregularidades na contratação de shows para a 22ª Festa do Peão de Pariquera-Açu.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3232/r_50.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3232/r_50.doc</t>
   </si>
   <si>
     <t>para prorrogar o prazo de funcionamento da CPI PA n. 36/2022 por mais 90 (noventa) dias a contar da primeira data final de seu funcionamento.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
     <t>Professor Urias, Milton Ticaca</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3233/r_51.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3233/r_51.doc</t>
   </si>
   <si>
     <t>para que seja arquivado o Processo Administrativo nº 036/2022, conduzido pela Comissão Parlamentar de Inquérito, a qual apura a denúncia de possíveis irregularidades na fiscalização dos contratos por parte do Diretor do Departamento de Saúde, tendo em vista que o requerimento nº 29/2022 não preenche o requisito previsto no inciso I do Artigo 29-D da Lei Orgânica Municipal, o que macula a regularidade formal do procedimento.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3246/r_52.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3246/r_52.doc</t>
   </si>
   <si>
     <t>Requeiro o adiamento do Projeto de Resolução n. 4/2022, de acordo com o artigo 157 e seguintes do Regimento Interno, com a finalidade de melhor análise por todos os vereadores, uma vez que os suplentes estão sendo empossados nesta data de 22.08.22, e precisam apreciar a matéria com a oportunidade de apresentar qualquer tipo de emenda ou fazer uma votação mais participativa, sendo assim, faz a necessidade que esta matéria seja colocada em discussão e votação na data de 05.09.22.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3248/r_53.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3248/r_53.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Presidente do Fundo Social, Sra. Ilza Costa, informe o seguinte:_x000D_
 1)Qual a quantidade de roupas que foram disponibilizadas para o Brechó? Separado por tipo;_x000D_
 2)Qual a quantidade de roupas que foram vendidas? Separado por tipo;_x000D_
 3)Qual o valor total arrecadado?_x000D_
 4)Qual a destinação desse valor?_x000D_
 5)Qual a quantidade de roupas que não foram vendidas? Separado por tipo e, qual seu destino?_x000D_
 6)Caso as roupas que não foram vendidas venham ficar disponíveis no fundo social para doação, qual o critério utilizado para este fim? Informe todas as etapas e informações desde o momento do pedido de um munícipe até o momento da entrega da roupa solicitada;_x000D_
 7)Quantos servidores possuem o fundo social? Informe nome, cargo, função e a carga horária;</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3249/r_54.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3249/r_54.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Recursos Humanos, Sr. Ivaldo Macedo da Silva, informe o seguinte:_x000D_
 _x000D_
 1)Relação de todos os Assistentes, Assessores e Coordenadores seja cargo em comissão ou função de confiança, informando o cargo; o departamento lotado; nome; a função; o cargo concursado se em função de confiança com a cópia da portaria; a portaria se em cargo em comissão; o vencimento e; o registro de ponto dos últimos 6 (seis) meses;</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3250/r_55.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3250/r_55.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Obras, Sr. Paulo Henrique Barbosa, informe o seguinte:_x000D_
 _x000D_
 1)Relação de todas as obras/serviços concluídas a partir de 2020 até a data da resposta deste requerimento, informando o seguinte:_x000D_
 a) Objeto da Obra/Serviço;_x000D_
 b) Número do Contrato, Pregão e do Processo;_x000D_
 c) Nome da empresa contratada;_x000D_
 d) Data do seu início;_x000D_
 e) Data do seu término;_x000D_
 f) Valor da Obra/Serviço;_x000D_
 g) Data da obra/serviço concluída e entregue;_x000D_
 h) Data da inauguração;_x000D_
 i) Nome do fiscal da obra;_x000D_
 j) Valor pago com a cópia do documento que prova o pagamento integral;_x000D_
 2)Relação de todas as obras/serviços não concluídas a partir de 2020 até a data da resposta deste requerimento, informando o seguinte:_x000D_
 k) Objeto da Obra/Serviço;_x000D_
 l) Número do Contrato, Pregão e do Processo;_x000D_
 m) Nome da empresa contratada; _x000D_
 n) Data do seu início; _x000D_
 o) Data do seu término;_x000D_
 p) Valor da Obra/Serviço; _x000D_
 q) Previsão da obra/serviço a ser concluída e entregue; _x000D_
 r) Previsão da inauguração; _x000D_
 s) Motivo da não [...]</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3251/r_56.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3251/r_56.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora do Departamento de Desenvolvimento Social, Sra. Thais Carravieri e do Departamento do Fundo Social, Sra. Ilza Costa, informe o seguinte:_x000D_
 _x000D_
 1)Quais as providências estão sendo tomadas pelo Município em relação ao homem de rua? _x000D_
 2)Quais as políticas sociais na área de assistência social estão sendo realizadas?</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3256/r_57.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3256/r_57.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Agricultura e Abastecimento, Sr. Bruno Arcari, informe o seguinte:_x000D_
 _x000D_
 1)Informe o cronograma de trabalho pelo Departamento para este ano; _x000D_
 2)Qual a fila de espera para a realização dos serviços solicitados e, qual a previsão para atendimento? Informar as localidades e nomes dos produtores rurais; _x000D_
 3)Quais os veículos e equipamentos disponibilizados informando também suas taxas de locações, para a utilização dos produtores rurais?</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3257/r_58.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3257/r_58.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia do mapa da localidade informando: i) identificar cada propriedade por nome da empresa ou ocupante de cada área: ii) identificar cada propriedade desocupada; iii) identificar as propriedades regulares apresentando documento comprobatório; iv) identificar as propriedades irregulares apresentando os nomes dos ocupantes se tiver; v) identificar as propriedades do Município; _x000D_
 2)Quais os motivos das propriedades irregulares (sem documento definitivo)? E, o que fazer para regularizar estas propriedades para a obtenção do documento definitivo? _x000D_
 3)É possível disponibilizar áreas para futuras empresas? Quais? De qual forma?</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3258/r_59.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3258/r_59.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Relação da Diretoria e dos seus Membros de todos os Conselhos Municipais em vigência;_x000D_
 2)Data, horário e local das reuniões de cada conselho já agendadas para o ano de 2022;_x000D_
 3)Caso já tenha ocorrida alguma reunião até a data da resposta deste requerimento, enviar cópia das ATAs de cada reunião;_x000D_
 4)É possível enviar convite a Câmara Municipal de todas as reuniões dos conselhos para que ao menos um representante do Poder Legislativo se faça presente?_x000D_
 5)Caso a resposta do item “4” seja negativa, justifique;</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3259/r_60.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3259/r_60.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora do Desenvolvimento Social, Sra. Thais Carravieri, informe o seguinte:_x000D_
 _x000D_
 1)Data e quantidade de leites recebidos pela Secretaria do Estado desde janeiro de 2022;_x000D_
 2)Relação dos beneficiados, podendo o nome ser abreviado; endereço do beneficiado; quantidade de Leite entregue a cada família/cidadão e a data da entrega desde janeiro de 2022;_x000D_
 3)Quantidade de leites descartados desde janeiro de 2022, informando mês a mês;_x000D_
 4)Cópia do contrato de convênio entre o Município e a Secretaria de Estado;</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3269/r_62.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3269/r_62.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora de Educação, Sra. Maria Alaídes Caldeira Sales, informe o seguinte:_x000D_
 _x000D_
 1)Quais os alimentos, quantidades e o dia de entrega a Escola?_x000D_
 2)Qual o cardápio elaborado para cada dia, considerando as 4 (quatro) refeições, mensalmente?_x000D_
 3)Por que a Diretoria de Educação Municipal não está respeitando a Resolução n.6/2020 do Pnae?_x000D_
 4)Qual a solução para futuros problemas que vier a ter com a alimentação, tendo como exemplo o consumo de bolacha e pão “seco” pelos alunos?</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3270/r_63.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3270/r_63.doc</t>
   </si>
   <si>
     <t>ao Responsável da DER-5 Pariquera-Açu, Engº João Carlos Rosim Sabino, informe o seguinte:_x000D_
 _x000D_
 1)Existe previsão para a retirada das árvores que estão mortas e secas na entrada do Município de Pariquera-Açu pelo Departamento de Estrada e Rodagem?_x000D_
 2)Em caso de resposta afirmativa, informar a data._x000D_
 3)Em caso de resposta negativa, justifique.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3271/r_64.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3271/r_64.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Solicito informações se a prefeitura possui capital para pagar o novo piso salarial da enfermagem?_x000D_
 2)Se sim, solicito cópia do impacto financeiro._x000D_
 3)Se não, qual será o meio de solução para a prefeitura conseguir pagar o novo piso salarial da enfermagem?</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3272/r_65.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3272/r_65.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Obras, Sr. Paulo Henrique Barbosa, informe o seguinte:_x000D_
 _x000D_
 1)Existe planejamento por parte da prefeitura em efetuar a pavimentação asfáltica do bairro Conchal, em especial a Alameda Petropen? _x000D_
 2)Se sim, qual a previsão de início e finalização das obras? _x000D_
 3)Se não, qual o meio de solução para que seja efetuada a pavimentação asfáltica do bairro Conchal?</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3273/r_66.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3273/r_66.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Especialista Comercial da ELEKTRO no Vale do Ribeira, para que informe:_x000D_
 1)Quais providências serão tomadas sobre a poda das árvores que estão entre a rede secundária das luminárias situadas na Rua Luiz Zanella, no início do nº 85, até a Igreja Católica da Vila São João, Pariquera-Açu?</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3274/r_67.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3274/r_67.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora de Educação, Sra. Maria Alaídes Caldeira Sales, informe o seguinte:_x000D_
 _x000D_
 1)Quais os alimentos, quantidades e o dia de entrega em cada Escola Municipal?_x000D_
 2)Qual o cardápio elaborado para cada dia, considerando todas as refeições diárias, durante os meses de setembro, outubro, novembro e dezembro de cada Escola Municipal?_x000D_
 3)Qual o motivo da substituição da carne bovina para a carne suína sem uma segunda opção? Caso a carne suína seja colocada na novamente, qual será a segunda opção de mistura? Caso não tenha a segunda opção, justifique; (neste caso, considerar a questão religiosa, também aos que não podem comer devido sua saúde, e a difícil forma do bom preparo desta carne)._x000D_
 4)Cópia das ATAs das reuniões de pais ou da direção escolar que já ocorreram esse ano de 2022, que tratou o assunto da alimentação escolar de cada Escola Municipal;_x000D_
 5)Informar a data das próximas reuniões de pais de cada Escola Municipal a partir da resposta deste requerimento;</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3294/r_68.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3294/r_68.doc</t>
   </si>
   <si>
     <t>convocação do Diretor Executivo de Vigilância Sanitária Epidemiológica Sr. César Maciel Araújo Costa a comparecer ao Plenário dessa Casa, a fim de prestar esclarecimentos acerca do Departamento de Vigilância Sanitária Epidemiológica, das atuações, relatórios e vistorias realizadas em ambientes públicos e privados, das atividades relacionadas ao Covid-19, dos atendimentos dos animais, do cumprimento da legislação municipal dos maus tratos aos animais e, dentre outros assuntos correlatos, em Sessão Extraordinária, na data a ser estabelecida para o comparecimento do mesmo, dentro do prazo improrrogável de 20 (vinte) dias, de acordo com o artigo 330 §2º c/c 331 do Regimento Interno, onde segue os principais questionamentos:_x000D_
 1)Quantas vistorias, fiscalizações e autuações foram realizadas em empresas privadas e setores/departamentos/locais públicos nos anos de 2020, 2021 e 2022?_x000D_
 2)Quais setores/departamentos/locais públicos foram vistoriados que apresentaram irregularidades nos anos de [...]</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3295/r_69.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3295/r_69.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 1)Relação de todas as equipes da Saúde da Família existente no Município, informando: i) nome, cargo e função de cada membro; ii) local de atuação de cada equipe; iii) escala de trabalho com o horário de atendimento, identificando o horário de entrada, almoço e saída de cada dia; iv) procedimento adotado para atender o cidadão; v) considerar tais informações do ano de 2021 até 31 de dezembro de 2022; _x000D_
 2)Relação de todos os Médicos contratados, informando: i) local de atendimento; ii) escala de trabalho com o horário de atendimento, identificando o horário de entrada, almoço e saída de cada dia; iii) especialidade; v) considerar tais informações do ano de 2021 até 31 de dezembro de 2022; _x000D_
 3)Relação de todos os Enfermeiros contratados, informando: i) local de atendimento; ii) escala de trabalho com o horário de atendimento, identificando o horário de entrada, almoço e saída de cada dia; iii) especi [...]</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3298/r_70.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3298/r_70.doc</t>
   </si>
   <si>
     <t>para que o Poder Executivo, por meio do Diretor Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1)Quantas pessoas trabalham na equipe do 192 por plantão?_x000D_
 2)Quanto a Prefeitura teve de gasto com a equipe do 192 desde janeiro de 2022 até o recebimento deste requerimento? (Incluído o gasto com técnicos, telefonistas, motoristas, manutenção das ambulâncias, combustível e materiais de atendimento).</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3299/r_71.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3299/r_71.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Obras, Sr. Paulo Henrique Barbosa, informe o seguinte: _x000D_
 _x000D_
 1)Existe planejamento por parte da prefeitura em efetuar a pavimentação asfáltica das seguintes ruas localizadas no Jardim São Carlos para o ano de 2023? Segue as ruas a serem atendidas: R. Máximo Zanella; R. Nagir Dionísio Ferreira; R. Baldevino Guatura; R. Maria Beline Barduco; R. Adhemar Pereira de Barros; R. dos Direitos Humanos; R. Maria Holovate Leocádio; R. Padre Francisco Schuitter e parte da R. Raul Benedito Pacheco Fernandes e R. José Cilineu Martins. _x000D_
 2)Se o planejamento já está em andamento, qual a ordem das ruas a serem asfaltadas e a previsão do início e finalização das obras? _x000D_
 3)Se não, justifique.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3319/r_72.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3319/r_72.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Especialista Comercial da ELEKTRO no Vale do Ribeira, para que informe:_x000D_
 1)Quais providências serão tomadas sobre a poda das árvores que estão entre a rede secundária da rede elétrica situadas na Avenida Cílio Zanella, nº 483, Vila Clementina, Pariquera-Açu (Código 6924670)?</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3320/r_73.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3320/r_73.doc</t>
   </si>
   <si>
     <t>ao Encarregado do Posto de Operação da Sabesp em Pariquera-Açu, informe o seguinte:_x000D_
 _x000D_
 1)Quando começou os trabalhos da canalização dos esgotos no Bairro Conchal? _x000D_
 2)Qual foi a data da paralisação dos trabalhos e qual é o motivo?_x000D_
 3)Existe data para a retomada dos trabalhos? E qual seria o tempo estimado para o término dos trabalhos?_x000D_
 4)O fiscal do contrato da Prefeitura requereu formalmente alguma atitude da Sabesp sobre a paralisação? Em caso positivo, encaminhar o documento (ofício, requerimento).</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3341/r_74.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3341/r_74.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Especialista Comercial da ELEKTRO no Vale do Ribeira, para que informe:_x000D_
 1)Quais providências serão tomadas sobre o poste que se encontra fora do prumo no Bairro Barra do Jacupiranga (Boa Vista), próximo ao Rio Jacupiranga, perto da casa do Sr. Zequinha, Pariquera-Açu?</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3342/r_75.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3342/r_75.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)A Administração pretende fazer a manutenção das estradas variantes dos Bairros Senador Dantas, Alto, Angatuba e Barra do Jacupiranga (Boa Vista)?_x000D_
 2)Se sim, informar a data prevista._x000D_
 3)Se não, informar o motivo.</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3343/r_76.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3343/r_76.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Existe planejamento de um projeto de lei para que estes profissionais venham a receber o incentivo financeiro adicional em espécie?_x000D_
 2)Se sim, qual é a data prevista para o encaminhamento do projeto de lei?_x000D_
 3)Se não, justifique._x000D_
 4)Qual foi o valor referente ao incentivo financeiro adicional aos  Agentes Comunitários de Saúde e Agentes de Combates a Endemias recebido no final do ano 2021?_x000D_
 5)Como foi gasto e no que foi gasto o dinheiro do incentivo financeiro adicional recebido do ano de 2021? (Encaminhe documentos comprovando os gastos)</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>PCA</t>
   </si>
   <si>
     <t>Prestação de Contas Anuais</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3040/etc-004584.989.19-8.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3040/etc-004584.989.19-8.pdf</t>
   </si>
   <si>
     <t>Prestação de contas anuais da Prefeitura Municipal de Pariquera-Açu, referente ao período de 2019.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3077/projeto_decreto_legislativo_01_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3077/projeto_decreto_legislativo_01_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de Cidadã Pariquerense à Senhora Maria Edmir Lobo Simonetti</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3078/projeto_decreto_legislativo_02_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3078/projeto_decreto_legislativo_02_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de Cidadã Pariquerense à Senhora Érica Marin do Ó.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3089/projeto_decreto_legislativo_03_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3089/projeto_decreto_legislativo_03_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do título honorífico de Cidadã Pariquerense à Senhora Eva Maria Vitória Kaiser</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3090/projeto_decreto_legislativo_04_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3090/projeto_decreto_legislativo_04_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Diploma do Mérito ao Senhor Dietmar Bernhard Schwangart</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3091/projeto_decreto_legislativo_05_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3091/projeto_decreto_legislativo_05_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Diploma do Mérito Irotildes Martins de Azevedo</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3200/projeto_decreto_legislativo_06_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3200/projeto_decreto_legislativo_06_2022.pdf</t>
   </si>
   <si>
     <t>Institui o processo eletrônico no âmbito da Câmara Municipal de Pariquera-Açu, Estado de São Paulo.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3244/projeto_decreto_legislativo_07_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3244/projeto_decreto_legislativo_07_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regulamento e as plataformas a serem adotadas pelo órgão de contratação de bens e serviços comuns por meio de pregão na modalidade eletrônica.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3318/projeto_decreto_legislativo_08_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3318/projeto_decreto_legislativo_08_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para implantação da Lei Federal nº. 14.133 de 1º de abril de 2021 (Lei de Licitações e Contratos Administrativos) no âmbito da Câmara Municipal de Pariquera-Açu</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3193/projeto_lei_complemetar_01_2022_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3193/projeto_lei_complemetar_01_2022_leg.pdf</t>
   </si>
   <si>
     <t>Altera o p.u. do artigo 320 da Lei Complementar n. 009/2003 que institui o Código de Posturas do Município de Pariquera-Açu e dá outras providências</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Wagner Costa</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3169/projeto_lei_complemetar_01_2022_substitutivo.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3169/projeto_lei_complemetar_01_2022_substitutivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Complementar n. 01 de 03 de fevereiro de 1997 - Estatuto do Servidores Públicos Municipais e da outras providências.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3243/projeto_de_lei_complementar_02_2022_taxa_residuos_solidos.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3243/projeto_de_lei_complementar_02_2022_taxa_residuos_solidos.pdf</t>
   </si>
   <si>
     <t>Institui a taxa de coleta de resíduos sólidos residencial e não-residencial, nos termos do novo marco legal regulatório criado pela Lei Federal 14.026, de 15 de julho de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3306/projeto_lei_complementar_01_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3306/projeto_lei_complementar_01_2022_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Complementar n. 01 de 03 de fevereiro de1997 - Estatuto dos Servidores Públicos Municipais e dá outra providências</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3032/projeto_lei_ordinaria_01_2022_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3032/projeto_lei_ordinaria_01_2022_leg.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a associação dos servidores da saúde de Pariquera-Açu</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3152/projeto_lei_02_2022_leg_substitutivo.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3152/projeto_lei_02_2022_leg_substitutivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 652 de 14 de julho de 2017, que fixa os percentuais das gratificações das funções do quadro dos servidores da Câmara Municipal de Pariquera-Açu, Estado de São Paulo.</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3255/projeto_lei_ordinaria_03_2022_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3255/projeto_lei_ordinaria_03_2022_leg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomeações de servidores para os cargos comissionados</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3265/projeto_lei_ordinaria_04_2022_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3265/projeto_lei_ordinaria_04_2022_leg.pdf</t>
   </si>
   <si>
     <t>Institui o dia 06 de outubro como dia do Rio Ribeira de Iguape e do Rio Pariquera-Açu e cria a Semana do Rio Ribeira de Iguape, de 06 a 12 de outubro e dá outras providências</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
     <t>Edson Leite, Eliane Viccaro Trianoski, Felipe Trianoski, Jair da Silva, Rodrigo Mendes</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3285/projeto_lei_05_2022_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3285/projeto_lei_05_2022_leg.pdf</t>
   </si>
   <si>
     <t>Dispões sobre nomeações de servidores para os cargos comissionados no âmbito dos Poderes Executivo e Legislativo do Município de Pariquera-Açu/SP e dá outras providências.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3286/projeto_lei_06_2022_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3286/projeto_lei_06_2022_leg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação da relação dos medicamentos disponíveis e indisponíveis na rede pública de saúde do município de Pariquera-Açu/SP.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3287/projeto_lei_ordinaria_07_2022_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3287/projeto_lei_ordinaria_07_2022_leg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos valores das diárias no âmbito da Câmara Municipal de Pariquera-Açu e dá outras providências.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3308/projeto_lei_ordinaria_08_2022_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3308/projeto_lei_ordinaria_08_2022_leg.pdf</t>
   </si>
   <si>
     <t>Fixa o vencimento do procurador da Câmara Municipal e estabelece a nova tabela de referência remuneratória do quadro de servidores do Poder Legislativo Municipal</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2995/projeto_lei_ordinaria_001_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2995/projeto_lei_ordinaria_001_2022_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre percentual de aplicação de reposição de perdas inflacionarias de vencimento dos servidores municipais da administração direta e subsídios do Prefeito e Vice-prefeito do Município de Pariquera-Açu.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2996/projeto_lei_ordinaria_02_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2996/projeto_lei_ordinaria_02_2022_exec.pdf</t>
   </si>
   <si>
     <t>Altera parcialmente as leis n°(s). 482/2013, 612/2015 e 494/2013 e 670/2018 e cria cargos em confiança da administração municipal e da outras providências.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2997/projeto_lei_ordinaria_03_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2997/projeto_lei_ordinaria_03_2022_exec.pdf</t>
   </si>
   <si>
     <t>Define e instituí o programa de recuperação de débitos fiscais do município de Pariquera-Acu – REFISPAR</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2998/projeto_lei_ordinaria_04_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2998/projeto_lei_ordinaria_04_2022_exec.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio e acordo de cooperação técnica com a União, por intermédio do Ministério da Agricultura, Pecuária e Abastecimento, por meio da Superintendência Regional de São Paulo e com o Instituto Nacional de Colonização e Reforma Agrária – INCRA</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2999/projeto_lei_ordinaria_05_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2999/projeto_lei_ordinaria_05_2022_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Rua Projetada 2, situadas no Jardim Mirassol, e da outras providências.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3031/projeto_lei_ordinaria_06_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3031/projeto_lei_ordinaria_06_2022_exec.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pariquera-Açu a realizar concessão de uso da Casa de Pedra</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3058/projeto_lei_ordinaria_07_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3058/projeto_lei_ordinaria_07_2022_exec.pdf</t>
   </si>
   <si>
     <t>Concede piso salarial nacional aos profissionais do magistério da educação básica do município</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3059/projeto_lei_ordinaria_08_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3059/projeto_lei_ordinaria_08_2022_exec.pdf</t>
   </si>
   <si>
     <t>Autoriza a distribuição gratuita de lanches aos pacientes e seus acompanhantes, que buscam atendimento médico em outros municípios</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3066/projeto_lei_ordinaria_10_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3066/projeto_lei_ordinaria_10_2022_exec.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar e dá outras providências</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3067/projeto_lei_ordinaria_11_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3067/projeto_lei_ordinaria_11_2022_exec.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3142/projeto_lei_ordinaria_12_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3142/projeto_lei_ordinaria_12_2022_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para elaboração e execução da Lei Orçamentária para o exercício financeiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3192/projeto_lei_ordinaria_13_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3192/projeto_lei_ordinaria_13_2022_exec.pdf</t>
   </si>
   <si>
     <t>Altera a lei nº. 808 de 09 de março de 2022, que institui o Programa de Recuperação de Débitos Fiscais do Município de Pariquera-Açu - REFISPAR</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3185/projeto_lei_ordinaria_14_2022_exec_.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3185/projeto_lei_ordinaria_14_2022_exec_.pdf</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3209/projeto_lei_015_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3209/projeto_lei_015_2022_exec.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Pariquera-Açu a celebrar convênio com a Câmara Municipal de Pariquera-Açu para adoção do Sistema Único e Integrado de Execução Orçamentária, Administração Financeira e Controle – SIAFIC</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3229/projeto_de_lei_16_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3229/projeto_de_lei_16_2022_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre adequação da referência, nos termos do piso nacional dos Agentes Comunitários de Saúde e Combate às Endemias, estabelecido pelo Ministério da Saúde</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3268/projeto_de_lei_17_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3268/projeto_de_lei_17_2022_exec.pdf</t>
   </si>
   <si>
     <t>Altera os requisitos, referências e quantidade de vagas do quadro de funcionários e cria cargos efetivos para o Poder Executivo e dá outras providências</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3252/projeto_de_lei_18_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3252/projeto_de_lei_18_2022_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação da Resolução nº. 002/2022 da Assembleia Geral do Consórcio Intermunicipal de Saúde do Vale do Ribeira e Litoral Sul -  Consaúde.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3253/projeto_de_lei_19_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3253/projeto_de_lei_19_2022_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Estrada Municipal PA - 08, e dá outras providências.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3254/projeto_lei_ordinaria_20_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3254/projeto_lei_ordinaria_20_2022_exec.pdf</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3275/projeto_lei_ordinaria_21_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3275/projeto_lei_ordinaria_21_2022_exec.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar acordo de cooperação com a associação de catadores e catadoras de materiais de materiais recicláveis de Pariquera-Açu – Unidos Recicla Pariquera-Açu</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3276/projeto_lei_ordinaria_22_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3276/projeto_lei_ordinaria_22_2022_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da escola do Senador Dantas, localizado no bairro Senador Dantas, e dá outras providências</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3277/projeto_lei_ordinaria_23_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3277/projeto_lei_ordinaria_23_2022_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do posto de saúde do bairro Pariquera-Mirim e dá outras providências</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3278/projeto_lei_ordinaria_24_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3278/projeto_lei_ordinaria_24_2022_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Praça da Vila Palmira, localizada no bairro Vila Palmira e dá outras providências</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3279/projeto_lei_ordinaria_25_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3279/projeto_lei_ordinaria_25_2022_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do centro poliesportivo, localizado na Avenida Olímpica, ao lado do Centro de Eventos de Pariquera-Açu e dá outras providências</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3280/projeto_lei_ordinaria_26_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3280/projeto_lei_ordinaria_26_2022_exec.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Pariquera-Açu para o exercício financeiro de 2023</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3304/projeto_lei_ordinaria_27_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3304/projeto_lei_ordinaria_27_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  criação e as atribuições do cargo de Procurador Geral do Município e dá outra providências</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3305/projeto_lei_ordinaria_28_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3305/projeto_lei_ordinaria_28_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transformação de Chefe de Seção Técnica-Serviço Médico para Chefe de Educação Permanente e Continuada em Saúde e dá outras providências</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3309/projeto_lei_ordinaria_29_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3309/projeto_lei_ordinaria_29_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de referências salariais e o reajuste dos Técnicos e Auxiliares de Enfermagem e dá outras providências</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3247/projeto_de_lei_12b_2022_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3247/projeto_de_lei_12b_2022_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a delimitação das Áreas Urbanas Consolidadas (AUC) e a definição das Áreas de Preservação Permanente (APP) em Área Urbana Consolidada (AUC), nos termos do que estabelece a Constituição Federal, a Lei nº 6.938, de 31 de agosto de 1981, a Lei nº 12.651, de 25 de maio de 2012_x000D_
 e a Lei n° 14.285, de 29 de dezembro de 2021.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3030/projeto_resolucao_01_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3030/projeto_resolucao_01_2022.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução 6/2019, para nela  incluir a função gratificada de pregoeiro,</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
     <t>Adiel de Andermo, Carlinhos Asspa, Milton Ticaca, Professor Urias, Vilma Ferreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3051/projeto_resolucao_02_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3051/projeto_resolucao_02_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Ética e Decoro Parlamentar da Câmara Municipal de Pariquera-Acu.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3127/projeto_resolucao_03_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3127/projeto_resolucao_03_2022.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n° 6 de 19 de julho de 2019 para criar e alterar funções gratificadas no âmbito da Câmara Municipal de Pariquera-Acu/SP.</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3239/projeto_resolucao_04_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3239/projeto_resolucao_04_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proposta orçamentária da Câmara Municipal de Pariquera-Açu para o exercício de 2023</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>Edson Leite, Felipe Trianoski, Jair da Silva, Rodrigo Mendes</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3266/projeto_resolucao_05_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3266/projeto_resolucao_05_2022.pdf</t>
   </si>
   <si>
     <t>Altera o §1º do Art. 60 e o Art. 65 do Regimento Interno para melhor desempenho dos vereadores em suas atividades nas comissões permanentes</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
     <t>CPI - Comissão Parlamentar de Inquérito</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3281/projeto_resolucao_06_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3281/projeto_resolucao_06_2022.pdf</t>
   </si>
   <si>
     <t>Aprova o relatório final da Comissão Parlamentar de Inquérito - CPI, que apurou denúncia de irregularidades na contratação de shows da 22ª Festa de Peão de Pariquera-Açu e dá outras providências</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3307/projeto_resolucao_07_2022.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3307/projeto_resolucao_07_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura do quadro de servidores da Câmara Municipal de Pariquera-Açu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4562,67 +4562,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3004/i_01.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3005/i_02.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3006/i_03.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3007/i_04.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3008/i_05.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3009/i_06.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3010/i_07.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3011/i_08.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3014/i_09.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3015/i_10.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3016/i_11.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3017/i_12.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3018/i_13.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3019/i_14.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3020/i_15.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3021/i_16.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3022/i_17.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3023/i_18.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3024/i_19.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3025/i_20.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3026/i_21.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3027/i_22.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3028/i_23.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3033/i_24.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3034/i_25.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3035/i_26.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3036/i_27.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3037/i_28.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3038/i_29.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3039/i_30.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3041/i_31.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3042/i_32.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3043/i_33.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3044/i_34.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3045/i_35.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3049/i_36.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3050/i_37.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3052/i_38.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3053/i_39.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3054/i_40.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3055/i_41.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3056/i_42.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3057/i_43.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3060/i_44.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3061/i_45.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3062/i_46.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3063/i_47.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3064/i_48.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3065/i_49.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3068/i_50.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3069/i_51.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3070/i_52.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3071/i_53.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3072/i_54.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3073/i_55.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3074/i_56.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3075/i_57.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3079/i_58.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3080/i_59.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3081/i_60.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3082/i_61.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3083/i_62.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3092/i_63.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3093/i_64.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3094/i_65.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3095/i_66.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3096/i_67.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3097/i_68.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3105/i_69.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3104/i_70.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3106/i_71.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3107/i_72.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3108/i_73.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3109/i_74.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3110/i_75.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3111/i_76.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3112/i_77.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3113/i_78.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3114/i_79.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3115/i_80.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3116/i_81.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3117/i_82.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3118/i_83.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3122/i_84.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3123/i_85.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3124/i_86.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3125/i_87.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3126/i_88.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3130/i_89.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3131/i_90.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3132/i_91.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3133/i_92.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3134/i_93.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3135/i_94.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3153/i_95.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3154/i_96.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3155/i_97.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3156/i_98.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3157/i_99.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3158/i_100.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3159/i_101.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3160/i_102.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3161/i_103.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3162/i_104.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3163/i_105.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3164/i_106.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3165/i_107.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3166/i_108.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3167/i_109.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3168/i_110.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3175/i_111.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3176/i_112.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3177/i_113.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3178/i_114.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3179/i_115.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3180/i_116.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3181/i_117.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3182/i_118.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3186/i_119.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3187/i_120.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3188/i_121.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3197/i_122.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3198/i_123.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3199/i_124.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3201/i_125.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3202/i_126.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3203/i_127.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3204/i_128.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3205/i_129.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3206/i_130.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3210/i_131.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3211/i_132.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3212/i_133.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3213/i_134.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3215/i_135.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3216/i_136.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3217/i_137.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3218/i_138.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3219/i_139.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3220/i_140.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3221/i_141.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3225/i_142.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3226/i_143.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3227/i_144.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3228/i_145.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3240/i_151.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3245/i_152.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3260/i_153.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3261/i_154.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3262/i_155.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3263/i_156.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3264/i_157.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3282/i_158.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3283/i_159.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3284/i_160.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3288/i_161.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3289/i_162.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3290/i_163.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3291/i_164.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3292/i_165.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3293/i_166.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3296/i_167.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3297/i_168.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3300/i_169.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3301/i_170.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3302/i_171.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3303/i_172.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3310/i_173.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3311/i_174.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3312/i_175.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3313/i_176.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3316/i_177.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3317/i_178.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3321/i_179.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3322/i_180.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3323/i_181.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3324/i_182.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3325/i_183.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3326/i_184.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3327/i_185.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3328/i_186.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3329/i_187.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3330/i_188.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3331/i_189.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3332/i_190.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3333/i_191.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3334/i_192.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3335/i_193.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3339/i_194.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3340/i_195.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3029/m_01.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3047/m_02.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3088/m_03.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3103/m_04.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3136/m_05.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3173/m_06.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3174/m_07.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3189/m_08.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3190/m_09.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3191/m_10.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3222/m_11.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3223/m_12.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3242/m_14.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3314/m_15.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3315/m_16.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3336/m_17.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3337/m_18.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3338/m_19.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3000/r_01.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3001/r_02.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3002/r_03.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3003/r_04.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3012/r_05.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3013/r_06.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3046/r_07.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3076/r_08.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3084/r_09.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3085/r_10.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3086/r_11.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3087/r_12.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3098/r_13.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3099/r_14.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3100/r_15.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3101/r_16.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3102/r_17.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3119/r_18.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3120/r_19.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3121/r_20.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3128/r_21.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3129/r_22.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3137/r_23.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3138/r_24.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3139/r_25.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3140/r_26.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3141/r_27.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3143/r_28.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3144/r_29.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3145/r_30.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3146/r_31.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3147/r_32.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3148/r_33.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3149/r_34.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3150/r_35.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3151/r_36.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3170/r_37.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3171/r_38.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3172/r_39.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3183/r_40.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3184/r_41.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3194/r_42.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3195/r_43.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3196/r_44.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3207/r_45.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3208/r_46.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3224/r_47.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3232/r_50.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3233/r_51.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3246/r_52.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3248/r_53.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3249/r_54.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3250/r_55.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3251/r_56.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3256/r_57.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3257/r_58.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3258/r_59.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3259/r_60.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3269/r_62.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3270/r_63.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3271/r_64.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3272/r_65.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3273/r_66.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3274/r_67.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3294/r_68.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3295/r_69.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3298/r_70.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3299/r_71.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3319/r_72.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3320/r_73.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3341/r_74.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3342/r_75.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3343/r_76.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3040/etc-004584.989.19-8.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3077/projeto_decreto_legislativo_01_2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3078/projeto_decreto_legislativo_02_2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3089/projeto_decreto_legislativo_03_2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3090/projeto_decreto_legislativo_04_2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3091/projeto_decreto_legislativo_05_2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3200/projeto_decreto_legislativo_06_2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3244/projeto_decreto_legislativo_07_2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3318/projeto_decreto_legislativo_08_2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3193/projeto_lei_complemetar_01_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3169/projeto_lei_complemetar_01_2022_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3243/projeto_de_lei_complementar_02_2022_taxa_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3306/projeto_lei_complementar_01_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3032/projeto_lei_ordinaria_01_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3152/projeto_lei_02_2022_leg_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3255/projeto_lei_ordinaria_03_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3265/projeto_lei_ordinaria_04_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3285/projeto_lei_05_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3286/projeto_lei_06_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3287/projeto_lei_ordinaria_07_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3308/projeto_lei_ordinaria_08_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2995/projeto_lei_ordinaria_001_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2996/projeto_lei_ordinaria_02_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2997/projeto_lei_ordinaria_03_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2998/projeto_lei_ordinaria_04_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2999/projeto_lei_ordinaria_05_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3031/projeto_lei_ordinaria_06_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3058/projeto_lei_ordinaria_07_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3059/projeto_lei_ordinaria_08_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3066/projeto_lei_ordinaria_10_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3067/projeto_lei_ordinaria_11_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3142/projeto_lei_ordinaria_12_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3192/projeto_lei_ordinaria_13_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3185/projeto_lei_ordinaria_14_2022_exec_.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3209/projeto_lei_015_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3229/projeto_de_lei_16_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3268/projeto_de_lei_17_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3252/projeto_de_lei_18_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3253/projeto_de_lei_19_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3254/projeto_lei_ordinaria_20_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3275/projeto_lei_ordinaria_21_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3276/projeto_lei_ordinaria_22_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3277/projeto_lei_ordinaria_23_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3278/projeto_lei_ordinaria_24_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3279/projeto_lei_ordinaria_25_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3280/projeto_lei_ordinaria_26_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3304/projeto_lei_ordinaria_27_2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3305/projeto_lei_ordinaria_28_2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3309/projeto_lei_ordinaria_29_2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3247/projeto_de_lei_12b_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3030/projeto_resolucao_01_2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3051/projeto_resolucao_02_2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3127/projeto_resolucao_03_2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3239/projeto_resolucao_04_2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3266/projeto_resolucao_05_2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3281/projeto_resolucao_06_2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3307/projeto_resolucao_07_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3004/i_01.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3005/i_02.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3006/i_03.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3007/i_04.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3008/i_05.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3009/i_06.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3010/i_07.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3011/i_08.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3014/i_09.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3015/i_10.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3016/i_11.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3017/i_12.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3018/i_13.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3019/i_14.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3020/i_15.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3021/i_16.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3022/i_17.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3023/i_18.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3024/i_19.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3025/i_20.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3026/i_21.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3027/i_22.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3028/i_23.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3033/i_24.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3034/i_25.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3035/i_26.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3036/i_27.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3037/i_28.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3038/i_29.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3039/i_30.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3041/i_31.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3042/i_32.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3043/i_33.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3044/i_34.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3045/i_35.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3049/i_36.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3050/i_37.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3052/i_38.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3053/i_39.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3054/i_40.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3055/i_41.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3056/i_42.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3057/i_43.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3060/i_44.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3061/i_45.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3062/i_46.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3063/i_47.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3064/i_48.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3065/i_49.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3068/i_50.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3069/i_51.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3070/i_52.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3071/i_53.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3072/i_54.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3073/i_55.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3074/i_56.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3075/i_57.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3079/i_58.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3080/i_59.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3081/i_60.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3082/i_61.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3083/i_62.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3092/i_63.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3093/i_64.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3094/i_65.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3095/i_66.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3096/i_67.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3097/i_68.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3105/i_69.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3104/i_70.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3106/i_71.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3107/i_72.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3108/i_73.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3109/i_74.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3110/i_75.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3111/i_76.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3112/i_77.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3113/i_78.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3114/i_79.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3115/i_80.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3116/i_81.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3117/i_82.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3118/i_83.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3122/i_84.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3123/i_85.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3124/i_86.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3125/i_87.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3126/i_88.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3130/i_89.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3131/i_90.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3132/i_91.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3133/i_92.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3134/i_93.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3135/i_94.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3153/i_95.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3154/i_96.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3155/i_97.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3156/i_98.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3157/i_99.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3158/i_100.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3159/i_101.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3160/i_102.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3161/i_103.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3162/i_104.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3163/i_105.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3164/i_106.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3165/i_107.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3166/i_108.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3167/i_109.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3168/i_110.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3175/i_111.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3176/i_112.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3177/i_113.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3178/i_114.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3179/i_115.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3180/i_116.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3181/i_117.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3182/i_118.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3186/i_119.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3187/i_120.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3188/i_121.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3197/i_122.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3198/i_123.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3199/i_124.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3201/i_125.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3202/i_126.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3203/i_127.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3204/i_128.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3205/i_129.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3206/i_130.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3210/i_131.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3211/i_132.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3212/i_133.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3213/i_134.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3215/i_135.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3216/i_136.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3217/i_137.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3218/i_138.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3219/i_139.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3220/i_140.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3221/i_141.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3225/i_142.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3226/i_143.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3227/i_144.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3228/i_145.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3240/i_151.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3245/i_152.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3260/i_153.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3261/i_154.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3262/i_155.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3263/i_156.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3264/i_157.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3282/i_158.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3283/i_159.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3284/i_160.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3288/i_161.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3289/i_162.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3290/i_163.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3291/i_164.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3292/i_165.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3293/i_166.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3296/i_167.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3297/i_168.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3300/i_169.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3301/i_170.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3302/i_171.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3303/i_172.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3310/i_173.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3311/i_174.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3312/i_175.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3313/i_176.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3316/i_177.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3317/i_178.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3321/i_179.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3322/i_180.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3323/i_181.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3324/i_182.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3325/i_183.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3326/i_184.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3327/i_185.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3328/i_186.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3329/i_187.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3330/i_188.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3331/i_189.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3332/i_190.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3333/i_191.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3334/i_192.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3335/i_193.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3339/i_194.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3340/i_195.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3029/m_01.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3047/m_02.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3088/m_03.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3103/m_04.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3136/m_05.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3173/m_06.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3174/m_07.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3189/m_08.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3190/m_09.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3191/m_10.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3222/m_11.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3223/m_12.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3242/m_14.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3314/m_15.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3315/m_16.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3336/m_17.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3337/m_18.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3338/m_19.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3000/r_01.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3001/r_02.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3002/r_03.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3003/r_04.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3012/r_05.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3013/r_06.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3046/r_07.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3076/r_08.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3084/r_09.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3085/r_10.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3086/r_11.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3087/r_12.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3098/r_13.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3099/r_14.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3100/r_15.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3101/r_16.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3102/r_17.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3119/r_18.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3120/r_19.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3121/r_20.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3128/r_21.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3129/r_22.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3137/r_23.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3138/r_24.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3139/r_25.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3140/r_26.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3141/r_27.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3143/r_28.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3144/r_29.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3145/r_30.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3146/r_31.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3147/r_32.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3148/r_33.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3149/r_34.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3150/r_35.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3151/r_36.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3170/r_37.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3171/r_38.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3172/r_39.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3183/r_40.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3184/r_41.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3194/r_42.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3195/r_43.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3196/r_44.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3207/r_45.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3208/r_46.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3224/r_47.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3232/r_50.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3233/r_51.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3246/r_52.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3248/r_53.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3249/r_54.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3250/r_55.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3251/r_56.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3256/r_57.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3257/r_58.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3258/r_59.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3259/r_60.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3269/r_62.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3270/r_63.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3271/r_64.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3272/r_65.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3273/r_66.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3274/r_67.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3294/r_68.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3295/r_69.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3298/r_70.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3299/r_71.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3319/r_72.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3320/r_73.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3341/r_74.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3342/r_75.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3343/r_76.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3040/etc-004584.989.19-8.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3077/projeto_decreto_legislativo_01_2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3078/projeto_decreto_legislativo_02_2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3089/projeto_decreto_legislativo_03_2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3090/projeto_decreto_legislativo_04_2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3091/projeto_decreto_legislativo_05_2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3200/projeto_decreto_legislativo_06_2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3244/projeto_decreto_legislativo_07_2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3318/projeto_decreto_legislativo_08_2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3193/projeto_lei_complemetar_01_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3169/projeto_lei_complemetar_01_2022_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3243/projeto_de_lei_complementar_02_2022_taxa_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3306/projeto_lei_complementar_01_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3032/projeto_lei_ordinaria_01_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3152/projeto_lei_02_2022_leg_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3255/projeto_lei_ordinaria_03_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3265/projeto_lei_ordinaria_04_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3285/projeto_lei_05_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3286/projeto_lei_06_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3287/projeto_lei_ordinaria_07_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3308/projeto_lei_ordinaria_08_2022_leg.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2995/projeto_lei_ordinaria_001_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2996/projeto_lei_ordinaria_02_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2997/projeto_lei_ordinaria_03_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2998/projeto_lei_ordinaria_04_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/2999/projeto_lei_ordinaria_05_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3031/projeto_lei_ordinaria_06_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3058/projeto_lei_ordinaria_07_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3059/projeto_lei_ordinaria_08_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3066/projeto_lei_ordinaria_10_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3067/projeto_lei_ordinaria_11_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3142/projeto_lei_ordinaria_12_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3192/projeto_lei_ordinaria_13_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3185/projeto_lei_ordinaria_14_2022_exec_.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3209/projeto_lei_015_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3229/projeto_de_lei_16_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3268/projeto_de_lei_17_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3252/projeto_de_lei_18_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3253/projeto_de_lei_19_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3254/projeto_lei_ordinaria_20_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3275/projeto_lei_ordinaria_21_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3276/projeto_lei_ordinaria_22_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3277/projeto_lei_ordinaria_23_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3278/projeto_lei_ordinaria_24_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3279/projeto_lei_ordinaria_25_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3280/projeto_lei_ordinaria_26_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3304/projeto_lei_ordinaria_27_2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3305/projeto_lei_ordinaria_28_2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3309/projeto_lei_ordinaria_29_2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3247/projeto_de_lei_12b_2022_exec.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3030/projeto_resolucao_01_2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3051/projeto_resolucao_02_2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3127/projeto_resolucao_03_2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3239/projeto_resolucao_04_2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3266/projeto_resolucao_05_2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3281/projeto_resolucao_06_2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2022/3307/projeto_resolucao_07_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H348"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="134.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>