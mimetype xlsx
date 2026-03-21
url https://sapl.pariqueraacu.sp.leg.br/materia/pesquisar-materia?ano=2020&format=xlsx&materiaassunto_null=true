--- v0 (2026-01-30)
+++ v1 (2026-03-21)
@@ -54,4671 +54,4671 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Mário Miranda</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2061/i_01.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2061/i_01.doc</t>
   </si>
   <si>
     <t>a necessidade de conceder a reposição das perdas inflacionárias (revisão geral anual) de 4,31% (quatro inteiros e trinta e um décimos) percentuais, acumulada de janeiro à dezembro/2019 pelo Índice Nacional de Preços ao Consumidor Amplo (IPCA) apurado pelo Instituto de Geografia e Estatística (IBGE) aos vencimentos dos servidores municipais da Administração Direta, ou realizar estudos no sentido de reajustar os salários com percentual ainda maior do que as perdas inflacionárias.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2062/i_02.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2062/i_02.doc</t>
   </si>
   <si>
     <t>a necessidade de reajustar o valor do auxílio-alimentação pago aos funcionários municipais.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2063/i_03.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2063/i_03.doc</t>
   </si>
   <si>
     <t>que encaminhe projeto de lei para a aplicação, no âmbito municipal, do piso fixado pela Lei Federal nº 13.708/18 aos Agentes Comunitários de Saúde do Município. Caso seja necessário, e havendo fundamento jurídico para tal, e desde que solicitado por Vossa Excelência, a proposta poderá ser colocada em regime de urgência. Salientamos, por fim, que a iniciativa é salutar tanto para valorização destes profissionais, como também da população pariquerense que é atendida por eles.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2064/i_04.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2064/i_04.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar pavimentação asfáltica nas Ruas Pedro Bahia dos Santos e Antônio Kotoski na Vila Peri Peri.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2065/i_05.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2065/i_05.doc</t>
   </si>
   <si>
     <t>a necessidade de conceder a reposição das perdas inflacionárias de 4,31% (quatro inteiros e trinta e um décimos) percentuais, acumulada de janeiro à dezembro/2019 pelo Índice Nacional de Preços ao Consumidor Amplo (IPCA) apurado pelo Instituto de Geografia e Estatística (IBGE) aos Conselheiros Tutelares, ou realizar estudos no sentido de reajustar os salários com percentual ainda maior do que as perdas inflacionárias.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2066/i_06.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2066/i_06.doc</t>
   </si>
   <si>
     <t>que seja providenciada a limpeza da linha de tubos na Entrada do Ribeirão Vermelho, no Município.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2067/i_07.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2067/i_07.doc</t>
   </si>
   <si>
     <t>a necessidade de tomar providências junto a Elektro para a instalação de novas luminárias na Rua Máximo Zanella.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2068/i_08.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2068/i_08.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a Campanha “JANEIRO BRANCO”, que visa estimular a o cuidado com a saúde mental e com o bem estar da população.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2069/i_09.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2069/i_09.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento e cascalhamento na Estrada do Braço Preto, até a fazenda dos Víccaro, dando continuidade no lado esquerdo da mesma estrada.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2070/i_10.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2070/i_10.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica na Alameda Petropen, na rua paralela e nas transversais, no Bairro Conchal.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Eliel Coppi</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2071/i_11.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2071/i_11.doc</t>
   </si>
   <si>
     <t>para implantação/construção de um abrigo na Estrada do Cremona (Estrada de Pedra), próximo à fábrica de palmito.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Mário Miranda, Eliel Coppi</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2072/i_12.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2072/i_12.doc</t>
   </si>
   <si>
     <t>patrolamento e cascalhamento na Estrada Secundária que liga a Vila Peri-Peri, continuação da Rua Pedro Cugler até a Estrada Municipal (PA-22), Bairro Nova Cremona.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2073/i_13.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2073/i_13.doc</t>
   </si>
   <si>
     <t>para que tome providências no sentido de executar a reforma do telhado da quadra esportiva da Escola da Vila São João, assim como promover a sua melhoria propiciando o espaço adequado para prática esportiva e cultural.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Rodrigo Mendes</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2074/i_14.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2074/i_14.doc</t>
   </si>
   <si>
     <t>que seja ampliada as salas da Creche da Vila São João, assim como, a manutenção de todos os ar condicionados existente e a instalação de novos.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2075/i_15.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2075/i_15.doc</t>
   </si>
   <si>
     <t>que seja instalado ar-condicionado em todas as salas das escolas municipais.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2076/i_16.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2076/i_16.doc</t>
   </si>
   <si>
     <t>que seja dada uma solução urgente quanto aos pombos que sobrevoam e fazem moradia, dentro das quadras cobertas do recinto e da Vila Clementina.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2077/i_17.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2077/i_17.doc</t>
   </si>
   <si>
     <t>que seja realizada a contratação de empresa responsável pelo recolhimento de animais soltos ou abandonados na via pública.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2078/i_18.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2078/i_18.doc</t>
   </si>
   <si>
     <t>que seja realizada a canalização total da vala da Rua Pedro Bahia dos Santos na Vila Peri Peri.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2079/i_19.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2079/i_19.doc</t>
   </si>
   <si>
     <t>que seja instalada por completo a linha de tubos no canal ao lado da Creche Municipal da Vila São João, estendendo esta linha até após a via pública ao menos 50 metros.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2080/i_20.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2080/i_20.doc</t>
   </si>
   <si>
     <t>que sejam instaladas duas lombadas na Rua Marcelo Marieto na Vila Rosely.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Prof. Sergio Chemite</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2081/i_21.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2081/i_21.doc</t>
   </si>
   <si>
     <t>que tome providências para o fornecimento de kits de lanche para os pacientes e acompanhantes que necessitam fazer consultas e exames em outros municípios.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2082/i_22.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2082/i_22.doc</t>
   </si>
   <si>
     <t>a necessidade de executar a reforma do prédio do PSF-05 do Bairro Jardim São Carlos, melhorando o atendimento de saúde aos usuários.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2088/i_23.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2088/i_23.doc</t>
   </si>
   <si>
     <t>a necessidade de colocação de rede de tubos vala aberta, situada na Rua Izírio Soares, altura do número 87, Vila Maria.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2089/i_24.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2089/i_24.doc</t>
   </si>
   <si>
     <t>a necessidade de implementar um Ponto de Informações Turísticas (PIT), na Casa do Artesão, localizada na Rua dos Expedicionários, Centro.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2090/i_25.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2090/i_25.doc</t>
   </si>
   <si>
     <t>a necessidade de construir um campo de futebol no Centro de Eventos para atender os esportistas.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2091/i_26.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2091/i_26.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a complementação de pavimentação asfáltica no final da Rua Virgílio Zanella, Centro.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2092/i_27.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2092/i_27.doc</t>
   </si>
   <si>
     <t>a necessidade de se construir marginal para pedestre e ciclista na rua Cilio Zanela, na Vila Clementina.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2093/i_28.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2093/i_28.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e a colocação de fresa asfáltica nas seguintes Ruas dos Bairros Jardim São Carlos: _x000D_
 1) Ademar de Barros; _x000D_
 2) Dos Direitos Humanos; _x000D_
 3) Maria Holovate Leocádio; _x000D_
 4) Baldevino Guatura.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2094/i_29.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2094/i_29.doc</t>
   </si>
   <si>
     <t>que seja realizado um programa de castração animal para cachorros e gatos ainda neste primeiro semestre de 2020.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Milton Ticaca</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2095/i_30.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2095/i_30.doc</t>
   </si>
   <si>
     <t>a possibilidade de estar realizando manutenção, nivelamento, bem como os reparos nos buracos na Rua Antônio Argemiro Gauglitz, na Vila São João.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2096/i_31.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2096/i_31.doc</t>
   </si>
   <si>
     <t>a necessidade de se roçar a calçada na Rua dos Expedicionários próximo ao número 275.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t xml:space="preserve">Paulo Roberto Mendes </t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2097/i_32.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2097/i_32.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar roçada (limpeza) da entrada do Bairro Angatuba (saída da estrada principal Senador Dantas) até o portão da E.E.Prof. José Vicente Bertoli (Escola do Angatuba).</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2098/i_33.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2098/i_33.doc</t>
   </si>
   <si>
     <t>a possibilidade de se implantar no Município, seja pelo Departamento de Esportes, Cultura ou CMDCA, uma oficina de Ballet.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2099/i_34.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2099/i_34.doc</t>
   </si>
   <si>
     <t>a necessidade de se providenciar containers (lixeiras) para serem colocados nos seguintes pontos._x000D_
 1)Em frente à entrada casa do Sr. Gerson Gomes (próxima à Igreja Assembleia de Deus Ministério de Santos - Senador Dantas);_x000D_
 2)Em frente a entrada da casa do Sr. José Mendonça/Márcio Mendonça (Bairro Boa Vista).</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2100/i_35.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2100/i_35.doc</t>
   </si>
   <si>
     <t>que possa intervir junto a Elektro para realizar a poda de árvores na Rua Angelo Antoniolli, na Vila Clementina.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Erika Sumooyama</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2101/i_36.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2101/i_36.doc</t>
   </si>
   <si>
     <t>a necessidade de aquisição (compra de containers de lixo) para a implantação de coleta seletiva e para atendimento em demais localidades no Município, inclusive na zona rural.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2102/i_37.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2102/i_37.doc</t>
   </si>
   <si>
     <t>a necessidade de instalação de lombada no Bairro Angatuba, entre a igreja e a padaria/mercearia do Marcos.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2103/i_38.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2103/i_38.doc</t>
   </si>
   <si>
     <t>a necessidade de aquisição de cortador e triturador de galhos para poda de árvores.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2104/i_39.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2104/i_39.doc</t>
   </si>
   <si>
     <t>a necessidade de estudos/reparos no asfalto da Rua José Siedlarczyk, na Vila Roseli.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2105/i_40.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2105/i_40.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a pavimentação asfáltica nas seguintes ruas do Centro: _x000D_
 1) Rua Luiz Gibertoni; _x000D_
 2) Rua Idevaldo Tognetti Pereira; _x000D_
 3) Rua José Dias</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2106/i_41.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2106/i_41.doc</t>
   </si>
   <si>
     <t>que faça gestão junto ao Departamento competente, para que se inicie nas escolas municipais campanhas de prevenção do “BULLING”.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2107/i_42.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2107/i_42.doc</t>
   </si>
   <si>
     <t>a necessidade de fiscalizar e providenciar o AUTO DE VISTORIA DO CORPO DE BOMBEIROS, na creche da Vila São João e escolas municipais de Pariquera-Açu.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2108/i_43.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2108/i_43.doc</t>
   </si>
   <si>
     <t>a necessidade de estudos para instalação de lombada na Rua Sete de Setembro, no bairro Vila Débora.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2109/i_44.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2109/i_44.doc</t>
   </si>
   <si>
     <t>a necessidade de melhorias no campo de futebol do Bairro Senador Dantas, sendo estas:_x000D_
 - Construção de um vestiário;_x000D_
 - Construção de alambrado no perímetro do campo;_x000D_
 - Instalação de refletores;_x000D_
 - Instalação de alguns bancos na lateral do campo; e_x000D_
 - Construção de um local adequado para o banco de reservas.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2110/i_45.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2110/i_45.doc</t>
   </si>
   <si>
     <t>a necessidade de estudos para instalação de dispositivos de segurança (redutores de velocidade/sinalização) na rua José Siedlarczyk, na Vila Rosely, entre a Av. Ten. João Euzébio Rodrigues e Rua Alexandre Rangel.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2111/i_46.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2111/i_46.doc</t>
   </si>
   <si>
     <t>a necessidade de instalação de poste de iluminação, com luminária, no final da Rua Onézio Pinto, no bairro Jardim das Acácias.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2112/i_47.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2112/i_47.doc</t>
   </si>
   <si>
     <t>a necessidade de estudo topográfico na Rua Maria Helena Zanella Moreira, para projeto de drenagem na lateral da rua, devido ao escoamento de água dentro dos terrenos, no sentido Rua José Siedlarczyk, na Vila Roseli.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2113/i_48.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2113/i_48.doc</t>
   </si>
   <si>
     <t>a necessidade de fiscalizar e providenciar o AUTO DE VISTORIA DO CORPO DE BOMBEIROS, no Centro de Saúde e demais unidades de saúde municipais de Pariquera-Açu.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2114/i_49.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2114/i_49.doc</t>
   </si>
   <si>
     <t>a necessidade de ser iniciado no Município o Programa Educacional de Resistência às Drogas e à Violência (PROERD) junto aos escolares, solicitando a parceria da Polícia Militar, com o objetivo de prevenir o uso de drogas entre os jovens em idade escolar.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2115/i_50.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2115/i_50.doc</t>
   </si>
   <si>
     <t>que seja realizado um estudo para modernização da iluminação pública do município, utilizando as lâmpadas de LED.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2116/i_51.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2116/i_51.doc</t>
   </si>
   <si>
     <t>a necessidade de revitalização das lajotas nas seguintes vias públicas municipais:_x000D_
 1) Capitão Casemiro Lino Vieira; 2) Dr. Fernando Costa; 3) Expedicionários; 4) Pedro Bonne; 5) XV de Novembro; 6) Sete de Setembro; 7) Emílio Franco; 8) Pedro Cugler; 9) Santo Salete; 10) Antônio Leão Barbosa; 11) Cristiano G. Martins; 12) Enio Mainardi; 13) Horácio Simonetti; 14) Pátio Rodoviária; 15) João Tobias Filho (parte).</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2117/i_52.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2117/i_52.doc</t>
   </si>
   <si>
     <t>a necessidade de se implantar setor próprio de zeladoria para atender as demandas de serviços, de forma que a população solicite os serviços por meio de agendamento por telefone, pelo site ou via cadastramento no referido Setor da Prefeitura, com o objetivo de fornecer rapidez e agilidade as referidas necessidades dos munícipes.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2118/i_53.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2118/i_53.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a limpeza do Rio Pariquera-Açu (Rio Turvo), prioritariamente no Bairro Vila Débora, com a retirada de entulhos e demais objetos descartados.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2119/i_54.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2119/i_54.doc</t>
   </si>
   <si>
     <t>a necessidade de treinamento da equipe responsável pela execução das podas de árvores no Município.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2120/i_55.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2120/i_55.doc</t>
   </si>
   <si>
     <t>a necessidade de patrolamento e cascalhamento, em estrada localizada à 2.300 mts, contados do final do asfalto da Rua Adolfo Tognetti, à esquerda, na estrada onde se localiza a casa do sr. Leonel Ramponi e a 2.500 mts, à direita, na estrada onde se localiza a casa da Sra. Denisia, no Bairro Nova Cremona.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t xml:space="preserve">Prof. Sergio Chemite, Paulo Roberto Mendes </t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2121/i_56.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2121/i_56.doc</t>
   </si>
   <si>
     <t>a necessidade de substituição de ponte de madeira localizada na estrada próxima ao Bar do Jeco, por ponte de alvenaria.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2122/i_57.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2122/i_57.doc</t>
   </si>
   <si>
     <t>a necessidade de patrolamento, cascalhamento e fresa asfáltica na Rua João Batista Barducco, no Bairro Vila Palmira e nas Ruas: Marcelo Kozikoski, Gianino Bertazoni, Aparício Mâncio, João Gauglitz, Santina Flórido Adrião, Fernando Clemente Zanela, José Zezília e Itapoan de Souza Simões, localizadas na Vila São João.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2123/i_58.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2123/i_58.doc</t>
   </si>
   <si>
     <t>Retirada de pauta a pedido do autor no dia 10/02/2020 (4ª Sessão Ordinária).</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2124/i_59.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2124/i_59.doc</t>
   </si>
   <si>
     <t>a necessidade de refazer o redutor de velocidade (lombada), no Bairro Senador Dantas, em frente à Igreja Assembleia de Deus - Ministério Belém.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2125/i_60.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2125/i_60.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a pintura da quadra, instalação de tela de proteção e reparos nos alambrados na quadra coberta da Escola da Vila Clementina.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2126/i_61.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2126/i_61.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar reparos no telhado da sala de aula de educação infantil da EMEF Moacyr Pinto Santigo na Vila Clementina.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2127/i_62.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2127/i_62.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar reparos no telhado da sala de aula da Escola do Senador Dantas, entre o prédio antigo e o novo.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2128/i_63.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2128/i_63.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar reparos dos ventiladores das salas de aulas na Escola do Senador Dantas.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2129/i_64.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2129/i_64.doc</t>
   </si>
   <si>
     <t>para que realize estudos junto com sua equipe técnica, visando a construção da cobertura da quadra esportiva da Escola do Bairro Senador Dantas.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2130/i_65.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2130/i_65.doc</t>
   </si>
   <si>
     <t>a necessidade de promover a capacitação dos Conselheiros Tutelares, no âmbito de suas das atribuições, pautada no Estatuto da Criança e Adolescente.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2131/i_66.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2131/i_66.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar as seguintes melhorias na Escola Presidente Vargas:_x000D_
 - reparos no telhado;_x000D_
 - instalação de torneira na quadra coberta.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Paulo Roberto Mendes , Prof. Sergio Chemite, Rodrigo Mendes</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2132/i_67.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2132/i_67.doc</t>
   </si>
   <si>
     <t>a necessidade de se providenciar melhorias na estrutura do pátio da EMEIF Prof. Moacyr Pinto Santiago na Vila Clementina.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2133/i_68.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2133/i_68.doc</t>
   </si>
   <si>
     <t>a necessidade de patrolamento e cascalhamento na Rua Antônio Campostrine, no Jd. das Acácias.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2134/i_69.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2134/i_69.doc</t>
   </si>
   <si>
     <t>que seja realizado patrolamento, cascalhamento e colocação de fresa asfáltica nas estradas vicinais do Km 15, rodovia de Cananéia.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2170/i_70.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2170/i_70.doc</t>
   </si>
   <si>
     <t>a necessidade de fazer gestão junto ao Departamento de Saúde para a retomada do atendimento às gestantes, assim como a devida realização dos exames nos prazos estabelecidos do pré-natal.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2171/i_71.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2171/i_71.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a roçada na Linha Nova Cremona.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2172/i_72.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2172/i_72.doc</t>
   </si>
   <si>
     <t>a necessidade de se providenciar a instalação de linhas de tubos na estrada de acesso à Igreja Assembleia de Deus, Ministério de Santos, Bairro Braço Grande, localizada no km 15 da SP-226, que liga Pariquera-Açu à Cananéia.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2173/i_73.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2173/i_73.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar o uniforme e agasalho de inverno para os funcionários do serviço de 192, melhorias na estrutura do setor e nos equipamentos.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2174/i_74.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2174/i_74.doc</t>
   </si>
   <si>
     <t>para que o setor responsável realize estudos visando a elaboração de um projeto de lei concedendo ao servidor público municipal um dia de folga no dia do seu aniversário.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2175/i_75.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2175/i_75.doc</t>
   </si>
   <si>
     <t>para que o setor responsável realize estudos visando a elaboração de um projeto de lei concedendo jornada de trabalho diferenciada para servidor público municipal que possua filhos com grave deficiência mental (transtorno do espectro autista).</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2176/i_76.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2176/i_76.doc</t>
   </si>
   <si>
     <t>a necessidade de instalação de pontos de iluminação pública na Rua Luiz Frederico Zezília (antiga estrada do Banespinha), Jardim Nova Itália.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2177/i_77.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2177/i_77.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a limpeza da caixa e tubo de emergência e/ou providenciar nova linha de tubo na Rua Izírio Soares, altura do número 90, Vila Maria, para que possamos combater o foco da dengue no local.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2178/i_78.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2178/i_78.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, elabore um Projeto de Lei denominando a Casa do Artesão, localizada na Rua dos Expedicionários, Centro, com o nome do Sr. Horacio Iano devido aos trabalhos prestados neste Município, conforme Biografia em anexo.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2179/i_79.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2179/i_79.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento, colocação de fresa asfáltica, limpeza do rio e roçada do mato na Rua Máximo Zanella, Vila Débora, próximo ao rio.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2180/i_80.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2180/i_80.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar reparos da ponte na Rua Nagir Dionísio Ferreira, Jardim São Carlos.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2181/i_81.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2181/i_81.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar cobertura na entrada da Escola EMEI Abelhinha.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2182/i_82.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2182/i_82.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar estudos para adequação de acessibilidade para cadeirantes no guichê da farmácia municipal, e adequação do toldo do mesmo local para melhor atender aos munícipes que vão retirar seus medicamentos, servindo assim de proteção tanto em dias de chuva quanto dias de sol intenso.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2183/i_83.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2183/i_83.doc</t>
   </si>
   <si>
     <t>que seja realizado o patrolamento e cascalhamento na Rua Lauro Lobo no Jd. das Acácias.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2185/i_84.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2185/i_84.doc</t>
   </si>
   <si>
     <t>que seja realizado um plano de arborização urbana e sua execução ainda neste ano.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2186/i_85.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2186/i_85.doc</t>
   </si>
   <si>
     <t>que seja colocado uma tubulação de esgoto para aguentar grande capacidade de água no canal que existe desde a Rua João Batista Barduco, atravessando a Rua Frederico Schimidt até a Rua João Flórido na Vila Palmira.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2189/i_86.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2189/i_86.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a capinagem, limpeza e retirada de entulho no Cemitério Municipal.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2190/i_87.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2190/i_87.doc</t>
   </si>
   <si>
     <t>para que faça gestão junto ao Cartório Eleitoral visando realizar o cadastramento biométrico no Município de Pariquera-Açu.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2191/i_88.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2191/i_88.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a limpeza do rio próximo à rua Miguel Bertoldo, Vila Clementina, e a avaliação do departamento de obras sobre a possibilidade de troca da linha de tubos por uma galeria.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2192/i_89.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2192/i_89.doc</t>
   </si>
   <si>
     <t>Retirada de pauta a pedido do autor no dia 09/03/2020 (7ª Sessão Ordinária).</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2193/i_90.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2193/i_90.doc</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2194/i_91.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2194/i_91.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar reparos na ponte sobre a galeria que está afundando, localizada na Rua São Paulo, Vila Maria, e também a instalação de guias e guarda-corpo.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2195/i_92.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2195/i_92.doc</t>
   </si>
   <si>
     <t>que seja realizado minuciosamente o controle de endemias no município através do departamento de saúde, para eliminar a proliferação do mosquito da dengue, juntamente com a SUCEN, criando um cronograma para o envio de equipes nos bairros com o objetivo de realizar a aplicação de inseticida nas casas.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2196/i_93.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2196/i_93.doc</t>
   </si>
   <si>
     <t>que seja realizado o serviço de tapa buraco na Rua André Rossini na Vila Rosely.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2197/i_94.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2197/i_94.doc</t>
   </si>
   <si>
     <t>que seja realizado os seguintes serviços abaixo na Central de Alimentos no Centro de Eventos:_x000D_
 - troca do Forro para PVC_x000D_
 - pintura_x000D_
 - troca de telhas quebradas_x000D_
 - troca de vidros quebrados da janela_x000D_
 - colocação de piso_x000D_
 - instalar novas prateleiras para os alimentos</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2203/i_95.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2203/i_95.doc</t>
   </si>
   <si>
     <t>a possibilidade de instalação de academia ao ar livre no Bairro Boa Vista.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2204/i_96.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2204/i_96.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de container de lixo na entrada da Igreja Católica, e próximo à esquina da Escola Senador Dantas.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2205/i_97.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2205/i_97.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a pintura da faixa de pedestre de travessia dos alunos da Escola Presidente Vargas, localizada atrás da Igreja Católica.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2206/i_98.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2206/i_98.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a manutenção das lâmpadas e dos refletores no Portal da entrada da cidade.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2207/i_99.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2207/i_99.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de refletores nos seguintes locais:_x000D_
 - 12 refletores na quadra poliesportiva do recinto, Centro de Eventos, e também a instalação_x000D_
 - 3 refletores no campo de areia, em frente ao recinto.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2208/i_100.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2208/i_100.doc</t>
   </si>
   <si>
     <t>que sejam compradas com urgência as lâmpadas para a quadra coberta do recinto, assim como solucionar o problema da água para beber.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2218/i_101.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2218/i_101.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e a colocação de fresa asfáltica na Travessa da Rua Carlos Melcher com a Rua Ângelo Rossini, Vila Clementina.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2219/i_102.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2219/i_102.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar equipamento de proteção  aos coletores de lixo e demais funcionários que trabalham expostos.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2220/i_103.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2220/i_103.doc</t>
   </si>
   <si>
     <t>para que realize reparos na Rua Paraná, em frente ao nº 154, Vila São João, em razão da erosão ocorrida no local.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2249/i_104.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2249/i_104.doc</t>
   </si>
   <si>
     <t>que seja realizado um estudo e a colocação de bloquetes em toda extensão da avenida alameda Petropen do bairro Conchal.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2250/i_105.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2250/i_105.doc</t>
   </si>
   <si>
     <t>que possa intervir junto às concessionárias de água (SABESP) e energia (ELEKTRO), além do Governo do Estado, para que não deixem de fornecer os serviços em casos de inadimplemento do consumidor, além do adiamento dos pagamentos dos IPTUs, ou, a não cobrança de juros e multa quando for realizado em atraso, enquanto perdurar o estado de pandemia decorrente da COVID-19 (coronavírus).</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2251/i_106.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2251/i_106.doc</t>
   </si>
   <si>
     <t>que possa realizar a roçada da beira da Estrada Municipal 465 (Pronatu) e, em conjunto com o D.E.R. que seja realizada também a roçada da beira da pista SP-226 (desde a entrada da cidade).</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2252/i_107.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2252/i_107.doc</t>
   </si>
   <si>
     <t>que o município possa adquirir produtos da agricultura familiar em 100% de sua necessidade, além de criar uma estratégia de fomento para que empresas que trabalhem com o comércio de alimentos possam também comprar da agricultura familiar do nosso Município.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2253/i_108.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2253/i_108.doc</t>
   </si>
   <si>
     <t>que seja realizado o patrolamento, cascalhamento e colocação de fresa asfáltica na Rua João Gauglitz na Vila São João.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2254/i_109.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2254/i_109.doc</t>
   </si>
   <si>
     <t>que todos os ambientes públicos passem por um processo de sanitização especialmente para a higienização e desinfecção de locais com potencialidade de contaminação do COVID-19.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2255/i_110.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2255/i_110.doc</t>
   </si>
   <si>
     <t>que possa conceder um abono salarial aos servidores da área da saúde e das atividades essenciais.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2256/i_111.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2256/i_111.doc</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2257/i_112.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2257/i_112.doc</t>
   </si>
   <si>
     <t>a possibilidade de encaminhar proposta ao Legislativo para concessão de abono salarial em benefício desses agentes como forma de reconhecimento pelo trabalho que vêm prestando no Município de Pariquera-Açu, muitas vezes com riscos para a saúde pessoal e de seus familiares.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2258/i_113.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2258/i_113.doc</t>
   </si>
   <si>
     <t>que seja distribuído um kit alimentar aos alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2259/i_114.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2259/i_114.doc</t>
   </si>
   <si>
     <t>que possa realizar convênio com laboratório clínico de nosso Município para exames do COVID-19.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2260/i_115.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2260/i_115.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar reparos nos encanamentos de águas e esgoto que está com vazamento na calçada, gerando danos fora e dentro da residência na Rua Ângelo Ponsone, 416, Jardim das Acácias.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2261/i_116.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2261/i_116.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento e cascalhamento na Estrada 13 de Maio, Cacau-Açu.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2262/i_117.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2262/i_117.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e colocação de fresa asfáltica na Rua Baldevino Guatura Jardim São Carlos, próximo à casa do senhor Dionísio.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2263/i_118.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2263/i_118.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de container de lixo no Bairro Boa Vista, entre a casa do Gilmar e o Bar do Japonês.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2264/i_119.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2264/i_119.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar instalação de luminárias próximo à ponte da Rua Pedro Andrelino Martins, Jardim São Carlos.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2265/i_120.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2265/i_120.doc</t>
   </si>
   <si>
     <t>para que, junto ao Departamento de Saúde, providencie a criação de ouvidoria específica para atender denúncias, sugestões e reclamações sobre casos de Covid-19 no nosso município.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2266/i_121.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2266/i_121.doc</t>
   </si>
   <si>
     <t>a necessidade de continuar a distribuição de alimentos aos educandos, mais vulneráveis durante a quarentena, no sentido de prevenir a desnutrição.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2267/i_122.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2267/i_122.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a contratação de médicos em caráter de urgência no nosso município.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2268/i_123.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2268/i_123.doc</t>
   </si>
   <si>
     <t>para que o setor responsável realize estudos sobre a realização de pavimentação asfáltica nas seguintes ruas da Vila Dolarina:_x000D_
 1)Rua Aquino Rangel;_x000D_
 2)Rua Miguel Stonoga Júnior;_x000D_
 3)Rua José de Oliveira Lacerda;_x000D_
 4)Rua Jules Rimet.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2269/i_124.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2269/i_124.doc</t>
   </si>
   <si>
     <t>a necessidade de construção de uma área coberta para o desenvolvimento de atividades físicas na Unidade de Saúde do Bairro Alto.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2270/i_125.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2270/i_125.doc</t>
   </si>
   <si>
     <t>o estudo de viabilidade para que seja pago o ADICIONAL DE INSALUBRIDADE MÁXIMO (40%) aos profissionais de Saúde e demais servidores que estão atuando nas ações de enfrentamento e combate ao COVID-19 (CORONAVÍRUS), durante o período em que esteja decretado o Estado de Calamidade Pública na cidade de Pariquera-Açu.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2271/i_126.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2271/i_126.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar um diálogo com o Prefeito de Cananéia, visando a alteração do trajeto dos caminhões de lixo vindos do Município de Cananéia com destino ao aterro sanitário do Braço Preto, para que se evitem transitar pelas ruas Pedro Bonne, onde está localizado o Centro de Saúde UBS III, Expedicionários, em frente ao Hospital Regional Leopoldo Bevilacqua, e nas ruas da Vila São João onde vem causando desconforto aos moradores locais.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2272/i_127.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2272/i_127.doc</t>
   </si>
   <si>
     <t>que aplique parte dos recursos direcionados para a saúde do Município na implantação do programa “Farmácia Móvel” em Pariquera-Açu para melhor atender as necessidades farmacêuticas dos idosos e cidadãos de baixa renda que vivem longe do centro da cidade.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2288/i_128.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2288/i_128.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, elabore um Projeto de Lei denominando o Posto de Saúde no Bairro Angatuba com o nome do Brasilino do Prado, devido aos trabalhos prestados neste Município, conforme Biografia em anexo.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2289/i_129.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2289/i_129.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de um poste e uma luminária na Rua Cílio Zanella, Vila Clementina, nas intermediações do número 1100.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2290/i_130.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2290/i_130.doc</t>
   </si>
   <si>
     <t>a necessidade de reforma nas escolas e na creche da Vila São João, no município de Pariquera-Açu.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2291/i_131.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2291/i_131.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a limpeza do rio próximo à rua Cândido Zanella, Vila Clementina.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2292/i_132.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2292/i_132.doc</t>
   </si>
   <si>
     <t>que seja realizada Blitz Informativa referente à Prevenção e Combate ao Coronavírus (COVID-19) nos bairros da zona urbana, zona rural e região central do Município.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2293/i_133.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2293/i_133.doc</t>
   </si>
   <si>
     <t>que seja realizado o patrolamento e cascalhamento na via principal e demais do bairro Conchal I e Conchal II.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2294/i_134.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2294/i_134.doc</t>
   </si>
   <si>
     <t>que seja instalada 1 (uma) lombada na Rua São Paulo, próximo ao número 688, na Vila Maria e, 1 (uma) lombada na Rua Imigrantes Italianos, entre a Igreja e o Bar na Vila Peri-Peri.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2295/i_135.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2295/i_135.doc</t>
   </si>
   <si>
     <t>a necessidade da remoção de entulhos nas dependências da E.M.E.F. Presidente Vargas.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2296/i_136.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2296/i_136.doc</t>
   </si>
   <si>
     <t>a necessidade da instalação de uma placa de advertência indicativa de lombada, bem como a pintura apropriada da elevação, na Rua André Rossini, próximo a casa do idoso, na Vila Roseli.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2297/i_137.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2297/i_137.doc</t>
   </si>
   <si>
     <t>que providencie uma placa de designação da Unidade de Saúde do Posto Bairro Alto com o nome do senhor Evilásio da Silva Gomes.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Eliel Coppi, Mário Miranda</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2298/i_138.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2298/i_138.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a instalação de pias com água potável e sabão líquido em locais públicos destinados aos transeuntes/população para higienização das mãos.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2299/i_139.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2299/i_139.doc</t>
   </si>
   <si>
     <t>a necessidade da instalação de 10 luminárias no trecho que liga a estrada principal do Bairro Alto (Campinho de Areia) até a entrada da casa do falecido Eurico Moreira.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2300/i_140.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2300/i_140.doc</t>
   </si>
   <si>
     <t>a necessidade de se colocar um container (lixeira) na entrada da casa do Sr. Gil Pontes (Bairro Alto) proximidade da Congregação Cristã no Brasil.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2316/i_141.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2316/i_141.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de redutor de velocidade (lombada), com placa de sinalização, na Rua João Tobias, próximo ao número 409, Centro.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2317/i_142.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2317/i_142.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de redutor de velocidade (lombada) e sua respectiva placa de advertência na Rua José Siedlarczyk, no bairro Jardim Elvira Zanella, nas intermediações do nº 100.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2318/i_143.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2318/i_143.doc</t>
   </si>
   <si>
     <t>que seja realizado o patrolamento e cascalhamento das ruas: Rua Eduardo Redes, Rua Orlando José Ponsoni, Rua josé Padovam Neto, Rua Leonardo Cugler, Rua Prof. José Vicente Bertoli, Rua Evaristo Pereira, Rua Marcio Alberto Timm, Rua Moacir Ribeiro, Rua Milcio Bazoli, Rua Danilo Simonetti Guatura e Rua Carolina Buzi.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2319/i_144.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2319/i_144.doc</t>
   </si>
   <si>
     <t>que possa articular junto a Elektro para que possam consertar a iluminação pública da Rua Davi Mendes Jr., Vila Débora.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2320/i_145.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2320/i_145.doc</t>
   </si>
   <si>
     <t>que providencie a colocação de container de lixo na Rua Izírio Soares, próximo ao nº 76, na Vila Maria.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2321/i_146.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2321/i_146.doc</t>
   </si>
   <si>
     <t>a possibilidade e a necessidade de fazer a substituição das lâmpadas atuais por lâmpadas de LED nos postes de iluminação na Praça da Matriz.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2322/i_147.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2322/i_147.doc</t>
   </si>
   <si>
     <t>a necessidade de instalação de banheiros químicos nas proximidades do Hospital Regional Leopoldo Bevilacqua e do AME do Município de Pariquera-Açu.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2323/i_148.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2323/i_148.doc</t>
   </si>
   <si>
     <t>que seja realizado cascalhamento e patrolamento na Linha Ribeirão Vermelho com acesso a Rodovia Ivo Zanella.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2324/i_149.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2324/i_149.doc</t>
   </si>
   <si>
     <t>que possa disponibilizar um número 0800 ou número de telefone móvel para servir de Disque Denúncia.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2325/i_150.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2325/i_150.doc</t>
   </si>
   <si>
     <t>que sejam designados servidores para receber capacitação ao combate a incêndios em nosso Município.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2326/i_151.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2326/i_151.doc</t>
   </si>
   <si>
     <t>que faça intervenção junto ao D.E.R para que possa arrumar o desnível do asfalto na entrada da Vila São João na Rua Gianino Bertazoni, Rodovia Ivo Zanela.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2327/i_152.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2327/i_152.doc</t>
   </si>
   <si>
     <t>que seja disponibilizado álcool 70% a todos que frequentarem o Velório Municipal.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2328/i_153.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2328/i_153.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, elabore um Projeto de Lei denominando o CAPS - Centro de Atenção Psicossocial, localizada na Pousada, Vila Palmira, com o nome da Sra. Ruth Gouvea de Bundesen devido aos trabalhos prestados neste Município, conforme Biografia em anexo.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2329/i_154.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2329/i_154.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, elabore um Projeto de Lei denominando a Travessa da Rua André Rossini, Vila Rosely, com o nome do Sr. Ormelindo Pinto devido aos trabalhos prestados neste Município, conforme Biografia em anexo.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2330/i_155.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2330/i_155.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de container de lixo no Bairro Angatuba, em frente à casa do Sr. Leonaldo de Almeida.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2331/i_156.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2331/i_156.doc</t>
   </si>
   <si>
     <t>a necessidade providenciar a instalação de redutor de velocidade (lombada), na Rua Carolina Buzzi, próximo ao número 131, Vila Clementina.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2332/i_157.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2332/i_157.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a continuidade da pavimentação asfáltica da Rua José Zezília, passando em frente à Igreja Católica, até a entrada da Rua Luís Zanella, localizada na Vila São João.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2333/i_158.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2333/i_158.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de redutor de velocidade (lombada) e sua respectiva placa de advertência na Rua Ana Flórido Siedlarczyk, no bairro Jardim Elvira Zanella, nas intermediações do nº 100.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2334/i_159.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2334/i_159.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar reparos na caixa de escoamento de águas pluviais e das lajotas localizadas entre a esquina da Rua Pedro Bonne e Avenida Dr. Fernando Costa, próximo ao Centro de Saúde, Centro.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2335/i_160.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2335/i_160.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a pavimentação asfáltica nas seguintes Ruas do Jardim das Acácias e Elvira Zanella:_x000D_
 - Lauro Lobo;_x000D_
 - Antônio Campostrini;_x000D_
 - Ferrúcio Padovan;_x000D_
 - Padre Francisco Schuiter.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2336/i_161.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2336/i_161.doc</t>
   </si>
   <si>
     <t>que seja feita a tubulação do canal que atravessa a Rua Miguel Bertoldo na Vila Clementina e a limpeza da extensão do rio.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2337/i_162.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2337/i_162.doc</t>
   </si>
   <si>
     <t>que seja realizada uma tubulação entre as residências de número 44 e 54 da Rua Augusto Gauglitz na Vila Palmira.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2356/i_163.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2356/i_163.doc</t>
   </si>
   <si>
     <t>para que, junto ao Diretor do Departamento de Obras, Sr. Paulo Henrique Barbosa, providencie a instalação de placas sinalizadoras e nova pintura de faixa de pedestres entre o cruzamento da Rua Pedro Bonne com a Avenida Dr. Fernando Costa, buscando trazer mais segurança aos comerciantes, moradores e pedestres que transitam no local.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2357/i_164.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2357/i_164.doc</t>
   </si>
   <si>
     <t>a necessidade de se colocar um container (lixeira) nos seguintes locais na zona rural:  entrada da casa do Sr. Velonir Dias Ribeiro, próximo à Padaria do Bairro Senador Dantas, na entrada da casa do Pastor Simei Cardoso, frente à casa do Senhor Anastácio Silva (Bairro Angatuba), na entrada da casa da dona Aláide Moreira, próximo à Igreja Brasil para Cristo (Bairro Alto), na entradinha ao lado da Padaria Ponto de Encontro – Bairro Angatuba, na entrada da casa do sítio Fudalli (Bairro Angatuba), na entrada da Mercearia da Dona Durcília (Bairro Angatuba), na esquina da casa do Senhor João / Robinson Machado (Bairro Laranjerinha), na frente do sítio da Família Brito (Bairro  Laranjerinha), na entrada do sítio da Família Domingues (Bairro Angatuba), à frente da casa da senhora Tatiane de Almeida (Bairro Angatuba), na entrada do sítio da Família Ribeiro (proprietários da Padaria do Senador Dantas), na entrada da casa da Família Assunção (Bairro Senador Dantas), na entrada do sítio do [...]</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2358/i_165.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2358/i_165.doc</t>
   </si>
   <si>
     <t>que possa intervir junto a Elektro a substituição dos postes de madeiras comprometidos na Rua dos Expedicionários no Jardim das Acácias.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2359/i_166.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2359/i_166.doc</t>
   </si>
   <si>
     <t>que possa intervir junto a Elektro a substituição dos postes de madeiras comprometidos na Rua Marcelo Marieto na Vila Rosely.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2364/i_167.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2364/i_167.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a extensão da linha de tubos na Rua José Padovan Neto, 340, Jardim Alvorada.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2365/i_168.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2365/i_168.doc</t>
   </si>
   <si>
     <t>a necessidade providenciar a instalação de redutor de velocidade (lombada) na Rua Carolina Buzzi, próximo ao número 135, Vila Clementina.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2366/i_169.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2366/i_169.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de redutor de velocidade (lombada) na Rua João Batista Barduco, próximo ao número 312, Vila Palmira.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2367/i_170.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2367/i_170.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de redutor de velocidade (lombada) em frente à Igreja Ministério de Santos, Setor 5, nº 695, Rua Raul Benedito Pacheco Fernandes, Jardim São Carlos.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2368/i_171.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2368/i_171.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar reparos no buraco da Rua Joana Cecília Rodrigues Domingues, Jardim Nova Itália, em frente ao número 25.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2369/i_172.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2369/i_172.doc</t>
   </si>
   <si>
     <t>a necessidade providenciar a manutenção ou a troca do telhado no ponto de ônibus/táxi, que fica em frente a ótica ao lado da entrada principal do Hospital Leopoldo Bevilacqua.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2370/i_173.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2370/i_173.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, elabore um Projeto de Lei denominando a rua paralela à Rua Cílio Zanella, Jardim Itália, da altura do nº 1105 até o nº 1495, com o nome do Sr. José Messias dos Santos, devido aos trabalhos prestados neste Município, conforme Biografia em anexo.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2371/i_174.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2371/i_174.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o cascalhamento e colocação de fresa asfáltica na Rua Antônio Kotoski, Vila Peri Peri.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2372/i_175.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2372/i_175.doc</t>
   </si>
   <si>
     <t>para que, junto com a sua equipe técnica, realize a continuidade da abertura da Rua Danilo Simonetti Guatura até a Rua Honório Ferreira de Paulo, Jardim Alvorada.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2376/i_176.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2376/i_176.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, elabore um Projeto de Lei denominando a Rua Projetada, na Vila Rosely, com o nome do Sr. Antônio Rosa devido aos trabalhos prestados neste Município, conforme Biografia em anexo.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2377/i_177.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2377/i_177.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a limpeza na caixa de escoamento de águas pluviais, situada na Rua Viriato Leão de Moura, próximo ao nº 226, Vila Clementina.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2378/i_178.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2378/i_178.doc</t>
   </si>
   <si>
     <t>a necessidade providenciar a instalação de redutor de velocidade (lombada), próximo à casa do Senhor Moacir Verde e Humberto Verde, Bairro Boa Vista.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2379/i_179.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2379/i_179.doc</t>
   </si>
   <si>
     <t>a necessidade de providenciar a instalação de redutor de velocidade (lombada) na Rua Antônio Campostrini, próximo ao nº 239, Jardim das Acácias, e também realizar o patrolamento e cascalhamento da rua.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2380/i_180.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2380/i_180.doc</t>
   </si>
   <si>
     <t>a necessidade de instalação de placa de sinalização de trânsito na travessa da Avenida Dr. Carlos Botelho com a Rua XV de Novembro, vindo do sentido de Iguape/Cananéia à Pariquera-Açu, indicando que o referido local é via de mão única.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2384/i_181.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2384/i_181.doc</t>
   </si>
   <si>
     <t>que possa fazer a manutenção dos bloquetes com substituição e alinhamento na Rua dos Expedicionários, em frente ao Hospital HRLB.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2385/i_182.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2385/i_182.doc</t>
   </si>
   <si>
     <t>que seja realizado patrolamento, cascalhamento e colocação de fresa asfáltica na extensão da via e principalmente no morro após a ponte da estrada municipal que liga a Linha Nova Cremona, sentido Cada de Pedra, a Rua Pedro Cugler na Vila Peri-Peri.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2386/i_183.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2386/i_183.doc</t>
   </si>
   <si>
     <t>que os agendamentos de consultas e exames de saúde possam ser realizados através da internet, seja por aplicativo ou site oficial do município, como também através de um número 0800.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2387/i_184.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2387/i_184.doc</t>
   </si>
   <si>
     <t>que seja instalada uma lombada na Rua José Vicente Bertoli, Jardim Alvorada, próximo ao número 155.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2388/i_185.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2388/i_185.doc</t>
   </si>
   <si>
     <t>que seja realizado um estudo referente a abertura de ruas no Jardim Alvorada, que existem no mapa, porém no bairro não existem.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2395/i_186.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2395/i_186.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, elabore um Projeto de Lei denominando a Praça da Vila Peri-Peri, localizada entre a Rua Imigrantes Italianos com a Avenida Gustavo Paulo Schultz, com o nome do Sr. Maurício Pinto Mariano devido aos trabalhos prestados neste Município, conforme Biografia em anexo.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2396/i_187.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2396/i_187.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e/ou colocação de fresa asfáltica na Rua Octacílio Gonçalves Jurado, Jardim Santa Bárbara.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2397/i_188.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2397/i_188.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e/ou colocação de fresa asfáltica na Rua Milcio Bazoli, Jardim Alvorada.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2398/i_189.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2398/i_189.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar o patrolamento, cascalhamento e/ou colocação de fresa asfáltica na Rua Orlando José Ponsoni, Jardim Alvorada.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2402/i_190.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2402/i_190.doc</t>
   </si>
   <si>
     <t>que possa articular junto a Elektro a instalação da iluminação pública na Rua 23 no Jardim Alvorada.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2403/i_191.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2403/i_191.doc</t>
   </si>
   <si>
     <t>que seja realizada a manutenção e limpeza do Centro de Eventos.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2407/i_192.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2407/i_192.doc</t>
   </si>
   <si>
     <t>que seja construído velórios municipais na Zona Rural.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2408/i_193.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2408/i_193.doc</t>
   </si>
   <si>
     <t>que seja realizada a manutenção na rodoviária municipal.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2409/i_194.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2409/i_194.doc</t>
   </si>
   <si>
     <t>que seja realizada a limpeza das fossas sépticas da zona rural urgente a iniciar pelo bairro Angatuba, Conchal e demais, visto que muitas estão cheias.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2410/i_195.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2410/i_195.doc</t>
   </si>
   <si>
     <t>que seja instalada uma lombada na Rua Carolina Buzzi, próximo ao número 30 na Vila Clementina.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2411/i_196.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2411/i_196.doc</t>
   </si>
   <si>
     <t>que seja realizado o patrolamento e a colocação de fresa asfáltica na extensão da Av. Olímpica desde o campo até a pista de kart onde não possui asfalto.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2412/i_197.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2412/i_197.doc</t>
   </si>
   <si>
     <t>que seja realizado o patrolamento na Rua Maria Belline Barduco no Jardim São Carlos, para corrigir as entradas das residências daquela localidade.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2423/i_198.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2423/i_198.doc</t>
   </si>
   <si>
     <t>que seja enviado um projeto de lei específico para a retenção do ISS referente à prestação de serviço em nosso Município, de acordo com a Lei Complementar 175, de 23 de Setembro de 2020, que terá sua vigência a partir de 1º de janeiro de 2021.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2424/i_199.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2424/i_199.doc</t>
   </si>
   <si>
     <t>que possa ser criada a Carteira de Vacinação Eletrônica aos munícipes de todas as idades de nossa cidade.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2425/i_200.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2425/i_200.doc</t>
   </si>
   <si>
     <t>que seja criada uma gratificação especial e transitória para os profissionais de saúde que atuam diretamente no enfrentamento ao coronavírus COVID-19.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2426/i_201.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2426/i_201.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, que seja feita a substituição das lâmpadas dos postes do Boulevard do Bi, por lâmpadas de Led.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2430/i_202.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2430/i_202.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, estude a possibilidade da instalação de banheiros masculino e feminino ao lado da Casa do Artesão.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2431/i_203.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2431/i_203.doc</t>
   </si>
   <si>
     <t>que, por meio do Departamento responsável, estude a possibilidade da instalação de um corrimão/guarda-corpo na ponte nova de concreto construída no Bairro Senador Dantas.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2432/i_204.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2432/i_204.doc</t>
   </si>
   <si>
     <t>Retirada de pauta pelo Presidente no dia 07/12/2020 (29ª Sessão Ordinária), mesmo teor da Indicação n. 172/2020, de autoria do vereador Milton Ticaca.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2433/i_205.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2433/i_205.doc</t>
   </si>
   <si>
     <t>que a Revisão Geral Anual dos servidores possa ocorrer em Fevereiro de 2021, cumprindo o artigo 37, inciso X da Constituição Federal.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2434/i_206.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2434/i_206.doc</t>
   </si>
   <si>
     <t>que seja cadastrada proposta junto ao Programa de Aquisição de Máquinas e Equipamentos Agrícolas nº 2200020200067 do Ministério da Agricultura.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2443/i_207.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2443/i_207.doc</t>
   </si>
   <si>
     <t>a possibilidade de construção de calçadas ao final da Rua dos Expedicionários em frente à Padaria Água na Boca, até parte da Rua Vereador Aécio Gauglitz, próximo ao Bar do Jakes, Bairro Jardim Sabina.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2444/i_208.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2444/i_208.doc</t>
   </si>
   <si>
     <t>a necessidade de realizar a pavimentação asfáltica na Rua dos Expedicionários, do trecho que começa na Avenida Dr. Carlos Botelho e encerra-se na Avenida Ten. João Euzébio Rodrigues.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Mário Miranda, Arnaldo Roquete, Eliel Coppi, Erika Sumooyama, Milton Ticaca, Paulo Roberto Mendes , Prof. Sergio Chemite, Rodrigo Mendes, Tereza Santos (Tere Ilha FM)</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2239/m_01.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2239/m_01.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da senhora MARIA DE LOURDES LISBOA FERREIRA, ocorrido no dia 19 de janeiro do corrente ano.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2240/m_02.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2240/m_02.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO  ao Excelentíssimo Senhor Prefeito de Pariquera-Açu, JOSÉ CARLOS SILVA PINTO, para que se providencie melhorias no sistema de iluminação pública nos seguintes locais:_x000D_
 _x000D_
 - Bairro Angatuba / Laranjeirinha;_x000D_
 - Bairro Alto;_x000D_
 - Estrada atrás do Posto de Saúde Angatuba;_x000D_
 - Bairro Senador Dantas;_x000D_
 - Estrada Leite Suísse;_x000D_
 - Bairro Conchal 2;_x000D_
 - Bairro Conchal I;_x000D_
 - Bairro Pariquera-Mirim;_x000D_
 - Barra do Jacupiranga;_x000D_
 - Bairro Boa Vista;_x000D_
 - no “U”</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>Paulo Roberto Mendes , Eliel Coppi, Rodrigo Mendes</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2241/m_03.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2241/m_03.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO ao Prefeito Municipal, Sr. José Carlos Silva Pinto, através do Diretor do Departamento de Obras, Sr. Paulo Henrique Barbosa, para que providencie, com urgência, a elaboração de Projeto para construção de abrigo para passageiros – sentido sul – da BR-116, km 458, em frente a entrada da Igreja Assembleia de Deus Ministério de Santos - Conchal 1 - sentidos norte e sul; em frente ao motel  (Conchal 1) sentidos norte e sul e em frente ao Auto posto 204, sentido norte.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2242/m_04.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2242/m_04.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO ao Prefeito Municipal, Sr. José Carlos Silva Pinto, para que juntamente com o Diretor do Departamento de Saúde, Sr. Dorival Reis, providencie, com urgência, as seguintes melhorias na Unidade Básica de Saúde do Bairro Alto:_x000D_
 - Conclusão da obra do muro;_x000D_
 - Instalação de portão na entrada;_x000D_
 - Troca de mobiliários e das portas;_x000D_
 - Solução para os casos de infiltrações;_x000D_
 - Pintura do Prédio;_x000D_
 - Colocação de letreiro com a referida denominação do mesmo.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2243/m_05.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2243/m_05.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento do senhor BENEDITO ALVES DE SOUZA, ocorrido no dia 10 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>Tereza Santos (Tere Ilha FM), Arnaldo Roquete, Eliel Coppi, Erika Sumooyama, Mário Miranda, Milton Ticaca, Paulo Roberto Mendes , Prof. Sergio Chemite, Rodrigo Mendes</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2244/m_06.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2244/m_06.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento do senhor ARI MIREIDER LENARTEVITZ, ocorrido no dia 08 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2441/m_07.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2441/m_07.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao aluno Willian Paulo Pioker de Souza pelo desenvolvimento e criação da impressora que transforma textos digitais em braile, que foi o tema do Trabalho de Conclusão de Curso na ETEC de Registro.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2442/m_08.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2442/m_08.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos funcionários da saúde, odontologia e fisioterapia, e do Fundo Social de Pariquera-Açu, que se uniram e através de um serviço social voluntário, confeccionaram cerca de 2 mil máscaras que serão utilizadas por profissionais no enfrentamento da pandemia do coronavírus no nosso Município.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>Arnaldo Roquete, Eliel Coppi, Erika Sumooyama, Mário Miranda, Milton Ticaca, Paulo Roberto Mendes , Prof. Sergio Chemite, Rodrigo Mendes</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2245/m_09.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2245/m_09.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da senhora SUELI DOS SANTOS PIRES, irmã da Vereadora Tereza dos Santos, ocorrido no dia 16 de maio do corrente ano.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2246/m_10.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2246/m_10.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO ao Excelentíssimo Prefeito Municipal de Pariquera-Açu, Sr. José Carlos Silva Pinto, no sentido de que sejam realizados estudos para concessão de abono salarial aos agentes de saúde e da concessão de adicional de insalubridade máximo (40%) aos profissionais de saúde, e seja encaminhado proposta para o Legislativo, visando a concessão desses benefícios.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>Eliel Coppi, Arnaldo Roquete, Erika Sumooyama, Mário Miranda, Milton Ticaca, Paulo Roberto Mendes , Prof. Sergio Chemite, Rodrigo Mendes, Tereza Santos (Tere Ilha FM)</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2247/m_11.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2247/m_11.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento do senhor NIVALDO MOREIRA DE OLIVEIRA, ocorrido no dia 28 de maio do corrente ano.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2248/m_12.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2248/m_12.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO ao Governo do Estado de São Paulo, por meio do Governador Sr. João Doria, que revise o estudo de flexibilização da quarentena de nossa Região do Vale do Ribeira incluindo o Município de Pariquera-Açu na Fase 2.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>Tereza Santos (Tere Ilha FM)</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2338/m_13.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2338/m_13.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos organizadores: BJ Produções, na pessoa de Bruno Alberto Silva, a Jundiá Sorvetes, na pessoa do senhor Lucas Dendevitz e a Som da Ilha Produções, nas pessoas de seu proprietário César Augusto Bilezikdjian e seu responsável técnico Paulo de Tarso Bilezikdjian Júnior; extensa aos Colaboradores: Restaurante T’maki, nas pessoas dos senhores Edimilson Akabane e Marli Akabane, a FNTV, na pessoa do senhor Wagner de Lima, aos apresentadores Bárbara Wolffang e Bob Orla, na pessoa do senhor Clebes Marcos S. Oliveira, aos Interpretes de Libras, Ingrid Antunes Carvalho e Thiago Macedo, aos Patrocinadores: Supermercado JC, Posto Búfalo, Rádio Ilha FM, GF Distribuidora, Go3 Comunicação, Faculdade UNISEPE, Carol Ongarato, Mercado Neuza, Decora.com, Drogaria Farmais, Casa das Baterias, 9Cell, Supermercado Lara, Midiavale, Supermercados Magnânimo, CS Serviços Digitais, e aos artistas Yasmin Farias, Marcelo Vox, Grupo Karisma e Swing e Nut’ela, Dupla Ronan e Rafael e Banda Audi[...]</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2339/m_14.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2339/m_14.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento do senhor ANTONIO ARCÊNIO MARQUES, ocorrido no dia 21 de junho do corrente</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2382/m_15.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2382/m_15.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO ao Governador do Estado de São Paulo, Exmo. Sr. João Doria, para que retire o Projeto de Lei  nº 529/2020, de autoria de Vossa Excelência, em relação às ações do governo em propor a extinção de empresas, autarquias e fundações públicas de inestimada importância à garantia do bem-estar social da população paulista, e principalmente, em relação à extinção da Fundação ITESP, para que, assim, sejam preservados o meio ambiente e a dignidade humana.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2392/m_16.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2392/m_16.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO para que oficiada à Associação Rádio Comunitária ILHA FM, solicitando a transmissão ao vivo das Sessões Ordinárias da Câmara Municipal de Pariquera-Açu, sem ônus para os cofres públicos.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2415/m_17.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2415/m_17.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO à chamada imediata dos aprovados no concurso de supervisor de ensino,  chamada, essa, que assegura aos interessados e aprovados no supracitado concurso o direito de ingresso imediato no Quadro do Magistério do Estado de São Paulo, no cargo de Supervisor de Ensino.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2135/r_01.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2135/r_01.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Para quais departamentos foram enviados os referidos valores?_x000D_
 2)Quais materiais ou serviços foram adquiridos ou executados com os valores de cada ano devolvido? Informar detalhadamente o seu uso por ano e valor devolvido.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2136/r_02.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2136/r_02.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1)Cópia da escala dos Médicos e Enfermeiros de cada UBS e PSF de fevereiro, março e abril de 2020.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2137/r_03.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2137/r_03.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Informar os números de todas as portarias e publicações de sindicâncias, procedimentos administrativos, inquéritos, processos administrativos disciplinares dos anos de 2013 a 2019.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2138/r_04.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2138/r_04.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Obras, Sr. Paulo Henrique Barbosa, para que forneça tais informações: A)Existem projetos prontos de construção, reformas ou a substituição das pontes de madeira por pontes de concreto?_x000D_
 B)Em caso de resposta afirmativa ao questionamento anterior, qual a localização de cada ponte?_x000D_
 C)Em  caso de resposta afirmativa do item “a”, qual o valor aproximado de cada ponte?</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2139/r_05.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2139/r_05.doc</t>
   </si>
   <si>
     <t>ao Exmo. Deputado Estadual Ricardo Madalena, para que faça a gestão junto à Secretaria de Saúde Estadual para trazer a Carreta da Mamografia para este Município.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2140/r_06.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2140/r_06.doc</t>
   </si>
   <si>
     <t>ao Exmo. Prefeito Municipal, Sr. JOSÉ CARLOS SILVA PINTO, para que forneça as seguintes informações: 1) Existe planejamento por parte da Prefeitura Municipal para implantação do REFISPAR neste ano? 2) Em caso de resposta negativa, quais as justificativas?</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2141/r_07.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2141/r_07.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1) uma vez que já fora realizado o cadastramento de animais a serem castrados no município, solicito informações se será realizada essa importante ação de saúde pública?  _x000D_
 _x000D_
 2) em caso de resposta positiva, qual o prazo previsto para a sua realização?_x000D_
 _x000D_
 3) está previsto a castração de animais de rua, além daqueles que foram devidamente cadastrados pelos seus proprietários?_x000D_
 _x000D_
 4) existe a possibilidade da municipalidade através de Chamamento Público ou por outro processo licitatório, do município estar transferindo recursos para que as associações que militam na área realizarem essa importante ação?</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2142/r_08.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2142/r_08.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Qual o motivo de não cuidar das árvores de joão-bolão da entrada da cidade?_x000D_
 2)É possível fazer o tratamento dos pés de joão-bolão com a devida poda, com o acompanhamento do departamento de meio ambiente municipal e o auxílio do D.E.R?_x000D_
 3)Caso veja a necessidade, é possível fazer o plantio de novos tipos de árvores entre os pés de joão-bolão?_x000D_
 4)Caso decida não tomar alguma providência, justifique;</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2143/r_09.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2143/r_09.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1)Os ACS e ACE receberam o incentivo financeiro, mais conhecido como 14º salário nos anos de 2013 a 2019?_x000D_
 2)Caso a resposta do item “1” seja positiva, informe por ano o valor repassado a cada ACS e ACE._x000D_
 3)Caso a resposta do item “1” seja negativa, justifique;</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2144/r_10.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2144/r_10.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Obras, Sr. Paulo Henrique Barbosa, informe o seguinte:_x000D_
 _x000D_
 1)Cópia do Projeto, Memorial Descritivo, Contrato de Serviço da Obra, Identificação do Fiscal do Contrato e cada medição entregue e paga da referida obra;</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2145/r_11.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2145/r_11.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Existe algum TAC entre o Poder Executivo e o Ministério Público referente à causa animal dos anos de 2013 a 2020?_x000D_
 2)Caso a resposta do item “1” seja positiva, enviar cópia do TAC existente.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2146/r_12.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2146/r_12.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia impressa de um mapa do tamanho mínimo 1mx1m com os nomes de todas as ruas do Município, incluindo as novas denominações;_x000D_
 2)Cópia do mesmo mapa com os nomes de todas as ruas atualizadas em formato digital PDF e CAD;</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2147/r_13.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2147/r_13.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1)É possível adquirir todos os equipamentos necessários para o atendimento do Consultório Odontológico no Bairro Angatuba?_x000D_
 2)Caso a resposta do item “1” seja positiva, informar prazo;_x000D_
 3)Caso a resposta do item “1” seja negativa, justifique.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t xml:space="preserve">Rodrigo Mendes, Paulo Roberto Mendes </t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2148/r_14.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2148/r_14.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora de Educação, Sra. Maria Alaídes Caldeira Sales, informe o seguinte:_x000D_
 _x000D_
 1)É possível disponibilizar ônibus suficientes para buscar os alunos no nosso Município que estudam na cidade de Registro no IFSP, ETEC e outros, o qual tem o término de suas aulas às 17h00?_x000D_
 2)Caso a resposta do item “1” seja positiva, informar a data de início da disponibilização do ônibus._x000D_
 3)Caso a resposta do item “1” seja negativa, justifique.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2149/r_15.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2149/r_15.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia das notas fiscais de todos os serviços realizados nos veículos da frota Municipal seja carro, caminhão ou maquinário nos meses de novembro, dezembro de 2019 e janeiro e fevereiro de 2020?</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2150/r_16.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2150/r_16.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Obras, Sr. Paulo Henrique Barbosa, informe o seguinte:_x000D_
 _x000D_
 1)Estas indicações serão atendidas?_x000D_
 2)Caso a resposta do item “1” seja positiva, informar prazo._x000D_
 3)Caso a resposta do item “1” seja negativa, justifique.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2151/r_17.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2151/r_17.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Diante das rotas 1 e 2 do transporte coletivo nos anos de 2017, 2018 e 2019 i) quantos ônibus estavam em circulação? ii) quem eram os motoristas e cobradores das passagens? iii) qual o consumo de combustível e quilometragem rodada por mês? iv) qual o valor arrecadado por mês? v) qual a destinação destes valores? vi) cópia de ao menos 1 (um) canhoto das passagens de cada ano, porém informar a numerações de todos os canhotos utilizados das passagens;_x000D_
 2)Diante das rotas 1 e 2 do transporte coletivo no ano de 2020 i) quantos ônibus estarão em circulação? ii) quem serão os motoristas e cobradores das passagens? (enviar cópia da habilitação) iii) qual o consumo de combustível e quilometragem estimado para rodar a cada mês? iv) qual o valor já arrecadado no mês de janeiro e fevereiro? v) qual a destinação destes valores? vi) cópia dos canhotos das passagens de janeiro e fevereiro;</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2152/r_18.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2152/r_18.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Que destino foi dado a esta academia ao ar livre que até esse momento não retornou ao seu devido lugar?_x000D_
 2)Quando serão devolvidos e reinstalados os equipamentos desta academia?</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2153/r_19.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2153/r_19.doc</t>
   </si>
   <si>
     <t>ao Ilmo. Especialista Comercial da ELEKTRO no Vale do Ribeira, informe o seguinte:_x000D_
 1)Qual é o motivo da grande incidência de quedas de energia naquele Bairro e o que será feito para resolução deste problema a fim de evitar maiores prejuízos aos munícipes?</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2154/r_20.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2154/r_20.doc</t>
   </si>
   <si>
     <t>ao Ilmo. Gerente Regional dos Correios REOP-10-Santos-EBCT, informe o seguinte:_x000D_
 1)Qual é a previsão para a instalação da Caixa Postal Comunitária no Bairro Conchal, reiterando-se os pedidos constantes no Requerimento nº 009/2017 e do Requerimento nº 001/2019.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2155/r_21.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2155/r_21.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Especialista Comercial da ELEKTRO no Vale do Ribeira, para que informe:_x000D_
 1)Solicito a vistoria, avaliação e se necessário a substituição do poste de madeira que apresenta risco de queda, localizado na Rua Fernando Clemente Zanella, próximo ao número 272, Vila São João.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2156/r_22.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2156/r_22.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora de Educação, Sra. Maria Alaídes Caldeira Sales, Diretor de Saúde Sr. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1)É possível cumprir o que determina a Lei n° 47/2000?_x000D_
 2)Caso a resposta do item “1” seja positiva, informar em qual data será realizado os exames uma vez que o ano letivo já iniciou;_x000D_
 3)Caso a resposta do item “1” seja negativa, é possível ao menos cumprir a questão dos exames de visão, audição e dentário?_x000D_
 4)Caso a resposta do item “3” seja positiva, informar em qual data será realizado os exames uma vez que o ano letivo já iniciou;_x000D_
 5)Caso a resposta do item “3” também seja negativa, justifique;</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2157/r_23.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2157/r_23.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Obras, Sr. Paulo Henrique Barbosa, informe o seguinte:_x000D_
 _x000D_
 1)Esta indicação será atendida?_x000D_
 2)Caso a resposta do item “1” seja positiva, informar prazo._x000D_
 3)Caso a resposta do item “1” seja negativa, justifique.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2158/r_24.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2158/r_24.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)É possível que a autoridade instauradora do processo disciplinar ordene o afastamento da Diretoria Jurídica do exercício do cargo até a conclusão da Sindicância, de acordo com o artigo 162 da LC 01/97?_x000D_
 2)A solicitação do item “1” será deferida pela autoridade instauradora?_x000D_
 3)Caso a solicitação do item “1” seja indeferida pela autoridade instauradora, justifique.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2159/r_25.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2159/r_25.doc</t>
   </si>
   <si>
     <t>ao Encarregado do Posto de Operações da Sabesp, em Pariquera-Açu, visando contemplar a Linha Nova Itália com prolongamento da rede de água.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2160/r_26.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2160/r_26.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Especialista Comercial da ELEKTRO no Vale do Ribeira, para que informe:_x000D_
 1)Quais providências serão tomadas sobre a poda da árvore que está entre a rede primária na Rua João Tobias Filho, nº 172, Centro?</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2161/r_27.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2161/r_27.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora do Departamento de Educação, Sra. Maria Alaídes Caldeira Sales, informe o seguinte:_x000D_
 a)Quantas turmas de Ensino Infantil e Fundamental estão em funcionamento neste início de ano letivo?_x000D_
 b)Qual o número de alunos de cada turma? Enviar nome da escola, turma, professor e número de alunos._x000D_
 c)No caso de existência de turmas que estejam excedendo o número de alunos estabelecidos no Plano de Carreira do Magistério, qual é o prazo mínimo para desmembramento? Quais as justificativas legais para se contrariar o Plano? Enviar, caso haja turma que se encaixe na situação supracitada, a referida turma, escola e o prazo mínimo para desmembramento.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2162/r_28.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2162/r_28.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora do Departamento de Educação, Sra. Maria Alaídes Caldeira Sales, informe o seguinte:_x000D_
 a)É de conhecimento do Departamento Municipal de Educação o transtorno que vem sendo causado aos pais e alunos em face das alterações nas rotas e horários do transporte escolar?_x000D_
 b)Quais as justificativas para tal situação?_x000D_
 c)Quais rotas vem sofrendo com essas alterações?_x000D_
 d)Vem sendo feito algo no sentido de regularizar essas rotas e horários? O quê?_x000D_
 e)Em caso positivo, qual o prazo para que todas as rotas e horários estejam normalizadas?_x000D_
 Em caso negativo, qual o argumento a ser utilizado?</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2163/r_29.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2163/r_29.doc</t>
   </si>
   <si>
     <t>ao Secretário de Educação do Estado de São Paulo, Rossieli Soares da Silva, solicitando estudos para que possa enquadrar a Escola Estadual Prof. Manoel Camillo Júnior, Pariquera-Açu, no programa escola em tempo integral.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2164/r_30.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2164/r_30.doc</t>
   </si>
   <si>
     <t>ao Ilmo. Superintendente Regional da SABESP, informe o seguinte:_x000D_
 _x000D_
 1) Há planejamento ou interesse da Sabesp em construir um poço artesiano no Bairro Conchal 1, localizado atrás do motel, às margens da Rodovia Régis Bittencourt, no Município de Pariquera-Açu?_x000D_
 2) Em caso de resposta positiva ao questionamento 1, qual o prazo previsto para a construção do mesmo?</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2165/r_31.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2165/r_31.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Obras, Sr. Paulo Henrique Barbosa, informe o seguinte:_x000D_
 1)Quantos tubos para canalização de córregos a Prefeitura Municipal possui em estoque, com a quantidade especificada separada por diâmetro de cada tubo?_x000D_
 2)Existe previsão para aquisição de mais tubos?_x000D_
 3)Em caso de resposta afirmativa no item 2, especificar as quantidades separadas por diâmetros de cada tubo._x000D_
 4)Em caso de resposta negativa no item 2, a quantidade de tubos em estoque é suficiente para as demandas?</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2166/r_32.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2166/r_32.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1)Os exames de ultrassonografia estão sendo realizados com regularidade e normalidade nas gestantes do município nos últimos meses?_x000D_
 2)Em caso de resposta negativa no item 1, quais as justificativas?</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2167/r_33.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2167/r_33.doc</t>
   </si>
   <si>
     <t>ao Ilmo. Superintendente Regional da SABESP, preste as seguintes informações:_x000D_
 1)Mediante a superação da crise hídrica, é possível instalar um reservatório de água no Bairro Vila Peri-Peri para tender a população, pois no respectivo Bairro temos dois ótimos pontos estratégicos para instalação?_x000D_
 2)Em caso positivo, qual a previsão para que isso ocorra?_x000D_
 3)Em caso negativo, quais as justificativas para tal impedimento?</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2168/r_34.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2168/r_34.doc</t>
   </si>
   <si>
     <t>ao Ilmo. Superintendente Regional da SABESP, informe o seguinte:_x000D_
 _x000D_
 1) Há planejamento ou interesse da Sabesp em construir um poço artesiano na Estrada de Cananéia, localizada no Km 15?_x000D_
 2) Em caso de resposta positiva ao questionamento 1, qual o prazo previsto para a construção do mesmo?</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2169/r_35.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2169/r_35.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora do Departamento de Meio Ambiente, Sra. Renata Lima, informe o seguinte:_x000D_
 _x000D_
 1)Qual o tipo de árvore está sendo plantada nas calçadas das ruas do centro da cidade?_x000D_
 2)As árvores plantadas são nativas ou exóticas?_x000D_
 3)Qual o tipo de expansão das raízes das árvores plantadas?_x000D_
 4)A expansão e crescimento das raízes podem provocar quebra ou rachadura em calçadas e muros próximos?_x000D_
 5)Qual é a altura máxima que as árvores alcançarão?_x000D_
 6)O crescimento das árvores sem as devidas podas preventivas podem alcançar as redes de energia?_x000D_
 7)Nas árvores já existentes, por que somente estão ocorrendo desgalhamentos ao invés de podas com as devidas técnicas?_x000D_
 8)Existe algum plano de ação para recuperação das árvores que estão morrendo na entrada da cidade?_x000D_
 9)Em caso de resposta negativa do item 8, quais as justificativas?</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2198/r_36.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2198/r_36.doc</t>
   </si>
   <si>
     <t>ao Engenheiro responsável pela DER-5 Pariquera-Açu, Sr. João Carlos Rosim Sabino, informe o seguinte:_x000D_
 _x000D_
 1)Quais providências serão tomadas sobre a roçada na Rodovia SP-226, após a ponte da entrada do Município de Pariquera-Açu até o Posto de Polícia Rodoviária Estadual?</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2199/r_37.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2199/r_37.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Presidente do Fundo Social de Solidariedade, Sra. Jucileia Muniz Wach do Nascimento, e por meio da Diretora Sra. Luzia Helena Godói Uyeda do Departamento de Desenvolvimento Social, informe o seguinte:_x000D_
 _x000D_
 1)Qual a política social na área de assistência social está sendo realizado em atendimento ao homem de rua?_x000D_
 2)Quais cursos de profissionalização aos adolescentes estão sendo executados?_x000D_
 3)Quem faz parte do Conselho Municipal de Assistência Social?</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2200/r_38.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2200/r_38.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)É possível nomear um fiscal para o contrato de programa entre o Município e a Sabesp, de acordo com a cláusula oitava, item 8.1.2?_x000D_
 2)Caso a resposta do item “1” seja positiva, informar nome do fiscal a ser designado e o dia do início de sua atuação._x000D_
 3)Caso a resposta do item “1” seja negativa, justifique.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2201/r_39.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2201/r_39.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Quais medidas foram adotadas pela Administração para solucionar os problemas de iluminação pública?_x000D_
 2)Como está sendo processada pelo Município a assunção da gestão e manutenção da iluminação pública?_x000D_
 3)Existe alguma medida liminar na Justiça e qual o número do processo para consulta pela Câmara?</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2202/r_40.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2202/r_40.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora do Departamento Jurídico, Sra. Simone Silva Melcher, informe o seguinte:_x000D_
 _x000D_
 1)Diante do artigo 55 da Lei Orgânica, os Diretores Municipais são equivalentes aos Secretários Municipais, com as mesmas prerrogativas?_x000D_
 2)Caso a resposta do item “1” seja negativa, justifique, fundamentando as diferenças.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2209/r_41.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2209/r_41.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Obras, Sr. Paulo Henrique Barbosa, informe o seguinte:_x000D_
 _x000D_
 1)Existe alguns estudos por parte desta gestão que justifiquem as causas da situação supracitada?_x000D_
 2)Em caso positivo, quais são estes?_x000D_
 3)Em caso negativo, qual o motivo para tal atitude não ser tomada até o momento?_x000D_
 4)Em qualquer um dos casos (positivo ou negativo), o que pode ser feito para que se resolva definitivamente esse problema acarretado pelas chuvas no local?_x000D_
 5)Existe alguma previsão para que seja tomada uma medida solucionadora para o problema?_x000D_
 6)Qual seria a previsão para tal acontecimento?</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2214/r_42.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2214/r_42.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora do Departamento de Assistência Social, Sra. Luzia Helena Uyeda, informe o seguinte:_x000D_
 _x000D_
 1)É possível implantar uma brinquedoteca no Município?_x000D_
 2)Caso a resposta do item 1 seja positiva, informar local e prazo;_x000D_
 3)Caso a resposta do item 1 seja negativa, justifique.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2215/r_43.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2215/r_43.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora Executiva da Divisão de Meio Ambiente, Sra. Renata Cristina de Lima, informe o seguinte:_x000D_
 _x000D_
 1)Quando será implantada a coleta seletiva de lixo utilizando o galpão próximo à central de alimentos, com aproveitamento dos materiais recicláveis?_x000D_
 2)Já houve articulação para a criação de uma cooperativa de catadores?_x000D_
 3)Caso a resposta do item 2 seja positiva, informar quais ações foram realizadas com suas datas;_x000D_
 4)Caso a resposta do item 2 seja negativa, justifique.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2216/r_44.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2216/r_44.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1)Relação do quadro de funcionário e cronograma de atendimento de cada Posto de Saúde dos bairros e Unidade de Saúde Central._x000D_
 2)É possível informatizar todos os Postos de Saúde dos Bairros e Unidade de Saúde Central para que se tenha um prontuário eletrônico online?_x000D_
 3)Caso a resposta do item 2 seja positiva, informe prazo para implantação do sistema de prontuário eletrônico online e seu planejamento;_x000D_
 4)Caso a resposta do item 2 seja negativa, justifique._x000D_
 5)Informar quais melhorias e contratação de pessoal que deveria ser realizada em cada Posto de Saúde dos bairros e Unidade de Saúde Central, para que se possa ter um ótimo atendimento.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2222/r_45.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2222/r_45.doc</t>
   </si>
   <si>
     <t>ao Governador do Estado de São Paulo, João Agripino da Costa Doria Júnior, ao Secretário da Saúde do Estado de São Paulo, José Henrique Germann Ferreira, e ao Secretário de Desenvolvimento Regional, Marcos Vinholi, buscando a seguinte informação:_x000D_
 _x000D_
 1) Qual a previsão para a continuidade e término das obras de ampliação do Hospital Regional Dr. Leopoldo Bevilacqua em Pariquera-Açu/SP, considerando a premente necessidade do sistema público de saúde ampliar o atendimento em decorrência do previsível aumento de casos de pessoas infectadas pelo novo coronavírus, além do atendimento usual na rede hospitalar.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2223/r_46.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2223/r_46.doc</t>
   </si>
   <si>
     <t>ao Exmo. Deputado Federal, senhor LUIZ FELIPE BALEIA TENUTO ROSSI, para que encaminhe através de Emenda Parlamentar, o valor de R$ 100.000,00 (cem mil reais), para realização dessa campanha.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2224/r_47.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2224/r_47.doc</t>
   </si>
   <si>
     <t>ao Exmo. Deputado Estadual, senhor JORGE CARUSO, para que encaminhe através de Emenda Parlamentar, o valor de R$ 100.000,00 (cem mil reais), para realização dessa campanha.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2225/r_48.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2225/r_48.doc</t>
   </si>
   <si>
     <t>ao Ilmo. Superintendente Regional da SABESP, informe o seguinte:_x000D_
 _x000D_
 1) Há planejamento e cronograma para realização de obras no Município de Pariquera-Açu?_x000D_
 2) Em caso de resposta positiva, quais seriam o planejamento e cronograma?</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2226/r_49.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2226/r_49.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Como é realizado o cálculo da produtividade do servidor?_x000D_
 2)É possível dar um aumento no valor da produtividade? Caso positivo, indique o percentual do aumento, caso negativo, justifique.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2227/r_50.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2227/r_50.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora de Educação, Sra. Maria Alaídes Caldeira Sales, informe o seguinte:_x000D_
 1)É possível fazer a instalação de câmeras de vigilância no circuito interno e externo? Caso a resposta seja positiva, informe prazo, caso seja negativa, justifique;_x000D_
 2)É possível ampliar o refeitório? Caso a resposta seja positiva, informe prazo, caso seja negativa, justifique;_x000D_
 3)É possível construir uma sala de vídeo? Caso a resposta seja positiva, informe prazo, caso seja negativa, justifique._x000D_
 4)É possível a construção de um parque na área externa? Caso a resposta seja positiva, informe prazo, caso seja negativa, justifique;_x000D_
 5)É possível fazer o reparo na fiação elétrica total do imóvel? Caso a resposta seja positiva, informe prazo, caso seja negativa, justifique;_x000D_
 6)É possível disponibilizar mais professores, merendeira, auxiliar de serviços gerais e auxiliar infantil? Caso a resposta seja positiva, informe prazo e números dos profissionais a serem disponibilizados, caso [...]</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2740/r_51.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2740/r_51.doc</t>
   </si>
   <si>
     <t>Retirada de pauta a pedido do autor no dia 01/06/2020 (9ª Sessão Ordinária).</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2741/r_52.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2741/r_52.doc</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2228/r_53.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2228/r_53.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora de Educação, Sra. Maria Alaídes Caldeira Sales, informe o seguinte:_x000D_
 _x000D_
 1)Quantos alunos receberam as cestas básicas em atenção à legislação?_x000D_
 2)Relação de todos os alunos que receberam as cestas básicas separadas por cada escola;_x000D_
 3)Relação de todos os alunos que não receberam as cestas básicas separadas por cada escola;_x000D_
 4)Qual o critério utilizado para a entrega das cestas básicas de acordo com a Legislação?_x000D_
 5)Qual o motivo da presença do Vice-Prefeito na entrega das cestas básicas como relatado por alguns pais de alunos?</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2229/r_54.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2229/r_54.doc</t>
   </si>
   <si>
     <t>convocação do Diretor de Saúde Sr. Dorival Reis a comparecer ao Plenário dessa Casa, a fim de prestar esclarecimentos acerca do Departamento de Saúde, de questões relacionadas à pandemia do Coronavírus (COVID-19) e, assuntos correlatos à Saúde do Município, em Sessão Extraordinária, na data a ser estabelecida para o comparecimento do mesmo, dentro do prazo improrrogável de 20 (vinte) dias, de acordo com o artigo 330, § 2º, c/c 331, do Regimento Interno, onde segue os principais questionamentos:_x000D_
 _x000D_
 1)Referente aos profissionais da saúde: i) Quantos Médicos, Enfermeiros, Técnicos de Enfermagem e Agentes Comunitários possui o Departamento de Saúde? ii) Informe a equipe de cada PSF e UBS. iii) Informe a escala de trabalho (dia, hora de entrada, intervalo e hora de saída) de cada Médico nos PSF e UBS para o mês de maio e junho._x000D_
 2)Qual a estatística atual dos casos de Coronavírus?_x000D_
 3)Quais as ações que estão sendo tomadas para evitar o crescimento de casos do Coronavírus?_x000D_
 [...]</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2230/r_55.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2230/r_55.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)O valor indicado é este mencionado acima? Caso não seja, informe o valor real;_x000D_
 2)O valor total já está disponível na conta bancária do Município? Caso apenas parte dele foi disponibilizado ao Município, informe o valor;_x000D_
 3)Informar onde foi ou serão utilizados estes recursos, pontuando cada pagamento de serviços, obras ou produtos;</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2231/r_57.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2231/r_57.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora de Educação, Sra. Maria Alaídes Caldeira Sales, informe o seguinte:_x000D_
 _x000D_
 1)Cópia do Plano de Aulas e Atividades dos professores desde o primeiro dia de suspensão das aulas;_x000D_
 2)Cópia do relatório das ações da Diretora de Educação, Diretores das Escolas e Professores durante o período da pandemia, iniciado no primeiro dia de suspensão das aulas;_x000D_
 3)Relatório e resultados das atividades entregues aos alunos de cada escola;_x000D_
 4)Relatório da entrega de cestas básicas divulgada no Facebook da Prefeitura Municipal de Pariquera-Açu;_x000D_
 5)Foi cumprida a Lei nº 13.987/2020 que autoriza a distribuição de gênero alimentício adquiridos com recursos do Pnae?_x000D_
 6)Caso a resposta do item “5” seja positiva, informe: i) qual tipo de alimento foram entregue e quantidade, ii) quantos alunos por escola foram atendidos e quantos não foram atendidos, iii) quantas vezes no mês de março, abril e maio ocorreram a entrega, iv) quantas vezes cada aluno recebeu o alimento no mês de[...]</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2232/r_57.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2232/r_57.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia do estudo realizado entre o Departamento da Saúde e o Prefeito Municipal;</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2233/r_58.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2233/r_58.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Obras, Sr. Paulo Barbosa, informe o seguinte:_x000D_
 _x000D_
 1)Informar o nome das 15 ruas que serão pavimentadas, valor gasto em cada uma delas e o prazo de início e fim de cada obra;_x000D_
 2)Cópia do processo licitatório de cada obra de pavimentação;_x000D_
 3)Informar quais ruas será investido em iluminação pública na zona urbana e na zona rural, informar a rua com ponto de referência, além do valor gasto com cada rua e seu prazo de início e fim da obra;_x000D_
 4)Cópia do projeto de iluminação da praça matriz, informando valor gasto e o prazo de início e fim da obra;_x000D_
 5)Cópia do processo licitatório de cada investimento de iluminação;_x000D_
 6)Informar o local exato das 3 pontes que serão reformadas, qual o tipo de reforma, valor gasto em cada ponte e o prazo de início e fim de cada obra;_x000D_
 7)Cópia do processo licitatório de cada ponte a ser investida.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2234/r_59.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2234/r_59.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Informar os números de processos licitatórios, número edital de todas as modalidades de licitação realizados de março a maio de 2020;_x000D_
 2)Cópia de todos os processos licitatórios para aquisição de serviços, obras e materiais relacionado ao combate do Coronavírus (COVID-19);</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2301/r_60.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2301/r_60.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Recursos Humanos, Sr. Ivaldo Macedo da Silva,  para que informe o seguinte:_x000D_
 _x000D_
 1)Quantos candidatos foram nomeados e tomaram posse no último concurso?_x000D_
 2)Se houve nomeações, quais são os cargos preenchidos e em quais setores os novos servidores foram lotados?_x000D_
 3)Há previsão para novas nomeações? Se sim, para quais setores?</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2285/r_61.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2285/r_61.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Obras, Sr. Paulo Henrique Barbosa, informe o seguinte:_x000D_
 _x000D_
 1) Há planejamento e cronograma das obras que serão realizadas pela Sabesp no exercício de 2020, no Município de Pariquera-Açu?_x000D_
 2) Em caso de resposta positiva, informar qual é o planejamento e cronograma para realização das obras pela Sabesp.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2235/r_62.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2235/r_62.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Qual quantidade, metragem e destinação (serviço, indústria, comércio) de lotes e/ou galpões existentes no parque industrial que podem ser concedidas a empresários que pretendam instalar suas atividades no Município?_x000D_
 2)Existem programas ou ações em trâmite para concessão de uso desses bens imóveis (terrenos) e o critério que está sendo utilizado para viabilização desses espaços para geração de emprego e renda aos munícipes?</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2236/r_63.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2236/r_63.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Existe áreas próprias ou passíveis de serem desapropriadas no Município para implementação de programas de habitação?_x000D_
 2)Informar o local, com base no código de zoneamento e se há estudos sobre ações nesse sentido para esse exercício no plano de metas municipais?</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2237/r_64.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2237/r_64.doc</t>
   </si>
   <si>
     <t>ao DD. Diretor do DER, Engº João Carlos Rosim Sabino, a fim de que seja feito uma roçada e limpeza imediata às margens da Rodovia SP-459 (Estrada Laranjeirinha).</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2238/r_65.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2238/r_65.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Departamento de Recursos Humanos, informe o seguinte:_x000D_
 _x000D_
 a)Procede a informação da retirada do Adicional Local Exercício de alguns funcionários da municipalidade?_x000D_
 b)Em caso positivo, quantos e quais são os funcionários afetados pela situação?_x000D_
 c)Em caso positivo, qual a explicação do Executivo para tal fato?_x000D_
 d)Existe previsão para resolver essa situação?</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2286/r_66.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2286/r_66.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Obras, Paulo Henrique Barbosa, para que informe o seguinte:_x000D_
 _x000D_
 1) Existe terreno próprio para a construção de um novo ESF V? Se positivo, qual é a sua localização?_x000D_
 2) Se a resposta do item 1 for positiva, há planejamento para que a execução da obra de construção do novo ESF V se inicie no exercício de 2020?</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2302/r_67.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2302/r_67.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Obras, Paulo Henrique Barbosa, para que informe o seguinte:_x000D_
 _x000D_
 1)Existe terreno próprio para a construção de um novo ESF II? Se positivo, qual é a sua localização?_x000D_
 2)Se a resposta do item 1 for positiva, há planejamento para que a execução da obra de construção do novo ESF II se inicie no exercício de 2020?</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2303/r_68.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2303/r_68.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Presidente do Fundo Social, Srta. Juciléia Muniz Wach do Nascimento, informe o seguinte:_x000D_
 _x000D_
 1)Data e quantidade de leite recebido pelo Governo do Estado de janeiro a junho de 2020;_x000D_
 2)Data de entrega do leite as famílias desde janeiro de 2020;_x000D_
 3)Relação dos beneficiados desde janeiro de 2020;_x000D_
 4)Quantidade de produto descartado desde janeiro de 2020;_x000D_
 5)Cópia do contrato com o Município das empresas envolvidas no Programa no ano de 2019 e 2020;</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2304/r_69.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2304/r_69.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)O terreno onde funcionava o Posto de Saúde do Bairro Conchal é de propriedade da Prefeitura Municipal de Pariquera-Açu?</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2305/r_70.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2305/r_70.doc</t>
   </si>
   <si>
     <t>ao Gerente dos Correios de Pariquera-Açu, para que informe o seguinte:_x000D_
 _x000D_
 1) Por que a agência dos Correios não está realizando os serviços de entrega de correspondências nos seguintes locais:_x000D_
 - Distrito Industrial;_x000D_
 - Rua Orlando Patekoski, Jardim São Carlos;_x000D_
 - Rua Projetada G, Vila Palmira, atualmente com o nome de Rua João de Deus Rangel.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2306/r_71.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2306/r_71.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora Jurídica, Sra. Simone Silva Melcher, informe o seguinte:_x000D_
 _x000D_
 1)Quando será regulamentado o referido Decreto Estadual em nosso Município?_x000D_
 2)Caso não seja regulamentado, justifique;_x000D_
 3)Informar o procedimento da fiscalização e aplicação de sanção pelo Poder Executivo em eventuais descumprimentos por parte dos munícipes;</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2307/r_72.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2307/r_72.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)As atividades internas da Prefeitura como as supracitadas como exemplos irão retornar? Se sim, qual data?_x000D_
 2)Caso a resposta seja negativa, justifique;</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2308/r_73.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2308/r_73.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Quantas fossas sépticas existem na zona rural?_x000D_
 2)Informe a localização contendo endereço completo e coordenada geográfica de cada fossa séptica;_x000D_
 3)Cópia do termo de aceite entre o morador e o Município aceitando a instalação da fossa séptica dentro de seu quintal;_x000D_
 4)Quais as últimas 3 datas que foram realizadas a limpeza de cada fossa séptica informando a forma e procedimento;_x000D_
 5)Quais as próximas datas a partir deste requerimento serão limpas cada fossa séptica, enviar cronograma;</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2309/r_74.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2309/r_74.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Informar onde foi utilizado ou onde será utilizado, pontuando cada pagamento de serviços, obras, produtos ou qualquer recomposição de orçamento desta primeira parcela paga no valor de R$ 550.432,90;_x000D_
 2)Enviar todas as cópias das comprovações do que foi questionado no item “1”;_x000D_
 3)Dentre as ações poderá utilizar o valor para a compra de cestas básicas para todos os alunos de todas as Escolas Municipais?_x000D_
 4)Caso a resposta do item “3” seja a resposta seja positivo, informar prazo para compra e entrega destas cestas básicas a todos os alunos das escolas municipais;_x000D_
 5)Caso a resposta do item “3” seja negativo, justifique.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2310/r_75.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2310/r_75.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)O terreno onde funcionava a antiga Escola do Bairro Braço Preto é de propriedade da Prefeitura Municipal de Pariquera-Açu?</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2311/r_76.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2311/r_76.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)O terreno onde funcionava o antigo Posto de Saúde do Bairro Braço Preto é de propriedade da Prefeitura Municipal de Pariquera-Açu?</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2312/r_77.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2312/r_77.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Saúde, Sr. Dorival Norberto dos Reis, informe o seguinte:_x000D_
 _x000D_
 a)O que pode ser feito para que se garanta esse atendimento a todas as gestantes?_x000D_
 b)Existe previsão para a normalização do serviço de ultrassom no Município?_x000D_
 c)Quais as justificativas para que isso esteja ocorrendo?</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2313/r_78.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2313/r_78.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Especialista Comercial da ELEKTRO no Vale do Ribeira, para que informe o seguinte:_x000D_
 _x000D_
 1)Quais providências serão tomadas sobre o poste de concreto que está inclinado, localizado na bifurcação da Rua Padre Francisco Shuiter com a Rua Pedro Andrelino Martins, Jardim das Acácias?</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2314/r_79.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2314/r_79.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Gerente de Divisão Institucional da Telefônica/Vivo - São Paulo, para que informe o seguinte:_x000D_
 _x000D_
 1)Quais providências serão tomadas sobre alteração do local da instalação do poste de concreto que está na divisa do lote de um morador, localizado na bifurcação da Rua Padre Francisco Shuiter com a Rua Pedro Andrelino Martins, Jardim das Acácias?</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2315/r_80.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2315/r_80.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Gerente de Divisão Institucional da Telefônica/Vivo - São Paulo, para que informe o seguinte:_x000D_
 _x000D_
 1)Quais providências serão tomadas sobre o poste de concreto que está inclinado, localizado no início da Rua Padre Francisco Shuiter, Jardim das Acácias?</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2342/r_81.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2342/r_81.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Data, hora e local na internet (URL) que foi realizada a Audiência Pública;_x000D_
 2)Cópia do convite da Audiência Pública;_x000D_
 3)Cópia dos meios de comunicação da publicidade da Audiência Pública aos cidadãos;_x000D_
 4)Cópia da ata da Audiência;_x000D_
 5)Cópia da transmissão da Audiência Pública realizada através da internet;_x000D_
 6)Cópia dos e-mails recebidos referente à Audiência Pública.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2348/r_82.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2348/r_82.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia do contrato e das notas fiscais do referido evento;_x000D_
 2)Informar o fiscal do contrato;_x000D_
 3)Quem era o responsável pela segurança do local durante os eventos de cada final de semana?_x000D_
 4)Relação dos grupos ou cantores apresentados em cada final de semana com suas datas de apresentações;</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2349/r_83.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2349/r_83.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Quais comércios integram a Rede Credenciada prevista no contrato firmado entre a Prefeitura e a empresa que administra o cartão do Vale Alimentação?_x000D_
 2)Quais providências serão tomadas sobre o atual cartão do Vale Alimentação dos funcionários da Prefeitura que não está sendo aceito pela maioria dos mercados da cidade? Informe o prazo para a devida solução._x000D_
 3)Solicito cópia dos documentos que comprovem o credenciamento dos comércios com a empresa que administra o cartão do Vale Alimentação no município de Pariquera-Açu, no mínimo: 03 Supermercados, 02 Mercados, 01 Açougues, 01 Hortifrutigranjeiros, 01 Padarias e no mínimo 01 Hipermercado num raio de até 250 quilometro do município de Pariquera-Açu (conforme descrito no EDITAL Nº 022/2020, PREGÃO PRESENCIAL Nº 017/2020, ANEXO VII - MINUTA DE CONTRATO, Cláusula 4.1.8)._x000D_
 4)A atual empresa apresentou alteração, exclusão ou [...]</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2350/r_84.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2350/r_84.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Obras, Sr. Paulo Henrique Barbosa, informe o seguinte:_x000D_
 _x000D_
 1)É possível atender as indicações nº 98/2019 e nº 85/2020? Caso positivo, informe prazo, caso negativo, justifique;_x000D_
 2)É possível fazer uma tubulação com início na Rua João Batista Barduco entre os números 44 e 54, atravessando a Rua Augusto Gauglitz por trás das residências até chegar ao córrego da Rua João Flórido? Caso positivo, informe prazo, caso negativo, justifique.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2351/r_85.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2351/r_85.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 1)Referente ao monitoramento dos casos confirmados, que tipo de monitoramento é realizado e de que forma?_x000D_
 2)Os testes são realizados para identificar a doença, porém, após o período de 7 ou 14 dias é realizado novamente o teste para confirmar a recuperação? Explique. Caso negativo, justifique;_x000D_
 3)Existe algum estudo com estatísticas da doença em nosso Município, assim como planejamento para diminuição dos casos? Caso afirmativo, enviar uma cópia, caso negativo, justifique;_x000D_
 4)Existe algum estudo e planejamento que envolva a saúde e a economia de nosso município? Caso positivo, enviar cópia, caso negativo, justifique;_x000D_
 5)Quais as prevenções utilizadas para o combate a doença?_x000D_
 6)Quais tipos de remédios serão utilizados para o combate e qual a fundamentação para sua utilização?_x000D_
 7)Diante do item 6, será realizada a doação destes remédios aos munícipes? Caso positivo, qual procedimento, quantidade e [...]</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2352/r_86.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2352/r_86.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 1)Já é possível a utilização do pátio municipalizado para o recolhimento de veículos no Município de Cajati?_x000D_
 2)Caso positivo do item “1”, qual o procedimento para utilização do referido pátio pela Polícia Militar ou mesmo pela municipalidade?_x000D_
 3)Caso negativo do item “1”, justifique;</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2353/r_87.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2353/r_87.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Informar separadamente por esfera de governo, ministérios, secretarias e valores de todos os recursos recebidos para o combate ao Covid-19 até a presente data;_x000D_
 2)Informar todos os processos licitatórios realizados utilizando os recursos exclusivos ao combate ao Covid-19;</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2354/r_88.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2354/r_88.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Informar a localização de cada abrigo instalado separado por contrato, informando endereço e coordenada GPS de cada abrigo, além do valor de cada unidade;_x000D_
 2)Informar o fiscal de cada contrato;_x000D_
 3)Informar se todos os abrigos foram instalados de acordo com o contratado;</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2355/r_89.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2355/r_89.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia de todos os relatórios completos que foram entregues juntamente com cada nota fiscal dos serviços prestados devidamente assinados por profissionais em Relações Públicas;</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2373/r_90.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2373/r_90.doc</t>
   </si>
   <si>
     <t>convocação do Assessor de Comunicação e Relações Públicas o Sr. Marcelo Henrique da Silva a comparecer ao Plenário dessa Casa, a fim de prestar esclarecimentos acerca dos trabalhos desenvolvidos em Sessão Extraordinária, na data a ser estabelecida para o comparecimento do mesmo, dentro do prazo improrrogável de 20 (vinte) dias, de acordo § 2º do art. 330 do Regimento Interno, onde segue os principais questionamentos:_x000D_
 _x000D_
 1)Qual a importância de uma assessoria de comunicação e relações públicas para o Município?_x000D_
 2)Quais as atividades exercidas e projetos desenvolvidos na área de comunicação desde o início de sua nomeação?_x000D_
 3)Como é realizada a alimentação de informações nas mídias sociais e a página web do Município?_x000D_
 4)Diante de sua experiência como relações-públicas o que gerou de melhoria na imagem da administração?_x000D_
 5)Quem faz parte da sua equipe de comunicação e relações públicas?</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2374/r_91.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2374/r_91.doc</t>
   </si>
   <si>
     <t>ao Encarregado do Posto de Operação da Sabesp em Pariquera-Açu, informe o seguinte:_x000D_
 _x000D_
 1)Existe planejamento e/ou interesse da Sabesp em realizar a extensão da rede de água na estrada que liga a aldeia dos índios, para atenderem aos moradores que ali residem, localizada no Jardim Alvorada, Pariquera-Açu?_x000D_
 2)Em caso positivo, qual o prazo previsto?</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2375/r_92.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2375/r_92.doc</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2389/r_93.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2389/r_93.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1) Relação da Diretoria e dos seus Membros de todos os Conselhos Municipais em vigência;_x000D_
 2) Cópia do Decreto ou da Ata de Eleição de cada conselho e de seus membros;</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2390/r_94.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2390/r_94.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor do Departamento de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1) Relação de todos os Fundos Municipais existentes;_x000D_
 2) Informar todos os valores aplicados em cada Fundo e qual foi a destinação de cada um no ano de 2019 e 2020;</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2391/r_95.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2391/r_95.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor da Vigilância Sanitária, Sr. Cesar Maciel, informe o seguinte:_x000D_
 _x000D_
 1)O Município possui condições para recolher animais de grande porte solto em vias públicas? Se sim, qual o procedimento?_x000D_
 2)Quantos animais o Município recolheu nos anos de 2019 a 2020?_x000D_
 3)Qual o local de guarda deste animais recolhidos?_x000D_
 4)No quesito abatimento clandestino e maus-tratos a animais, existiu neste ano alguma autuação?_x000D_
 5)Cópia das autuações acima, principalmente de relatórios da autuação da Vigilância Sanitária em conjunto com a Polícia Ambiental na Fazenda do Prefeito Municipal;</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2399/r_96.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2399/r_96.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Especialista Comercial da ELEKTRO no Vale do Ribeira, para que informe:_x000D_
 1)Quais providências serão tomadas sobre a necessidade de substituição do poste de madeira, localizado na Rua Maria Holovate Leocádio, nº 214, Jardim São Carlos?</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2400/r_97.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2400/r_97.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Especialista Comercial da ELEKTRO no Vale do Ribeira, para que informe:_x000D_
 1)Quais providências serão tomadas sobre a poda da árvore que está entre a rede primária de alta tensão no Bairro Braço Grande (Estrada de Cananéia), km 12,5, passando o Sítio Boa Esperança, entrada ao lado esquerdo onde fica os eucaliptos, até o final da rua, próximo à casa do Senhor André Rodrigues, Código do cliente: 33106436?</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2404/r_98.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2404/r_98.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Especialista Comercial da ELEKTRO no Vale do Ribeira, para que informe:_x000D_
 1)Quais providências serão tomadas sobre a necessidade de substituição do poste de madeira por um poste de concreto, localizado na Rua João Flórido, nº 67, Vila Palmira?</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2405/r_99.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2405/r_99.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Quando será o retorno de todas as atividades da Prefeitura?_x000D_
 2)Caso não seja possível o retorno de todas as atividades, quais poderiam ser ampliadas e divulgadas a população?_x000D_
 3)Quando será normalizado o trâmite de todos os processos e procedimentos administrativos, sindicâncias e poder de polícia?</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2406/r_100.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2406/r_100.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia do Plano anual da APAE elaborado para o ano de 2020;_x000D_
 2)Cópia do contrato de convênio entre a municipalidade e a APAE e comprovantes dos pagamentos;_x000D_
 3)Cópia da relação dos funcionários (admitidos e demitidos) seja pessoa física ou jurídica, separados por nome, cargo, função desde janeiro deste ano separados por mês;</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2413/r_101.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2413/r_101.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora do Departamento Jurídico, Dra. Simone Silva Melcher, informe o seguinte:_x000D_
 _x000D_
 1)Quais providências serão tomadas para retificação da numeração de acordo com as regras do inciso II, do § 2º, do art. 1º, da Lei Complementar nº 95/98 e da Lei de Introdução do Direito Brasileiro (LINDB) aplicadas ao caso, com o fim de evitar problemas futuros com relação a falhas na pesquisa e aplicação condizentes com vícios de conformidade ao ordenamento jurídico brasileiro?</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2414/r_102.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2414/r_102.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1)Cópia dos relatórios dos casos positivos em nosso município, realizado por testes rápidos, assim como cópia dos relatórios dos médicos que receberam todos os pacientes positivos;_x000D_
 2)Relatório de todos os medicamentos seja para Covid-19 ou para atendimento comum da farmácia nos últimos 6 meses, identificando o que deveria ter na prateleira e o que está em falta;_x000D_
 3)Cópia do primeiro e do segundo resultado positivo do Covid-19 do Diretor Dorival Reis;</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2418/r_103.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2418/r_103.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Especialista Comercial da ELEKTRO no Vale do Ribeira, para que informe:_x000D_
 1)Quais providências serão tomadas sobre a poda da árvore que está entre a rede primária de alta tensão, situada na estrada municipal que liga a “Pedreira dos Víccaros” ao Sítio Santa Luzia e Sítio Carlos Carpinske, saindo da Rodovia Ivo Zanella (SP-222), km 99, no município de Pariquera-Açu/SP?</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2419/r_104.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2419/r_104.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Quais providências serão tomadas para que o Município possa receber os recursos provenientes de emenda parlamentar para revitalização da Casa de Pedra e Centro de Eventos, por serem de grande importância no fomento do turismo, geração de renda e lazer para o nosso município?</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>Arnaldo Roquete, Erika Sumooyama, Milton Ticaca, Tereza Santos (Tere Ilha FM)</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2427/r_105.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2427/r_105.doc</t>
   </si>
   <si>
     <t>ao Presidente da Câmara Municipal de Pariquera-Açu, Sr. MÁRIO AUGUSTO AMARO MIRANDA, informe o seguinte:_x000D_
 _x000D_
 1)O motivo pelo qual a Resolução nº 09/2020 ainda não foi colocada em pauta;_x000D_
 _x000D_
 2) Se a deliberação da Resolução nº 09/2020 será realizada em Sessão Ordinária ou Sessão Extraordinária, tendo em vista o tempo que demandará para apreciação do assunto;_x000D_
 _x000D_
 _x000D_
 3)A data em que a Resolução nº 09/2020 será incluída em pauta para deliberação;</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2428/r_106.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2428/r_106.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Quem é a pessoa que faz as atualizações do site e facebook oficial do Município?_x000D_
 2)Qual o cargo e formação desta pessoa?_x000D_
 3)Caso não seja servidor público e sim alguma empresa, favor enviar cópia do contrato da prestação do serviço.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2429/r_107.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2429/r_107.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia do Plano anual da APAE elaborado para o ano de 2020;_x000D_
 2)Cópia do contrato de convênio entre a municipalidade e a APAE e comprovantes dos pagamentos;_x000D_
 3)Cópia da folha de pagamentos, assim como o registro do livro ou relógio de ponto da Diretora, Maria Aparecida Sampaio, desde janeiro deste ano;_x000D_
 4)Cópia da relação dos funcionários (admitidos e demitidos) seja pessoa física ou jurídica, separados por nome, cargo, função desde janeiro deste ano separado por mês;</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2435/r_108.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2435/r_108.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1)Cópia da escala dos Médicos e Enfermeiros de cada PSF e UBS dos 3 meses seguintes a contar o recebimento deste requerimento;_x000D_
 2)Cópia do quadro de funcionário de cada PSF e UBS;_x000D_
 3)Relação dos serviços oferecidos por cada PSF e UBS;_x000D_
 4)Cópia do cronograma de atendimento de cada PSF e UBS;</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2436/r_109.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2436/r_109.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia de todos os atos e processos onde resultaram pagamentos de serviço, obras, produtos ou qualquer outro que tenha sido utilizado deste recurso do Programa Federativo de Enfrentamento ao Coronavírus valor total de R$ 2.201.731,60;</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2437/r_110.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2437/r_110.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio da Diretora do Departamento Jurídico, Sra. Simone Silva Melcher, informe o seguinte:_x000D_
 _x000D_
 1)Por que as sindicâncias, processos e procedimentos administrativos que foram instaurados estão suspensos?_x000D_
 2)Por que não foram instauradas sindicâncias, processos ou procedimentos administrativos, a partir das demandas encaminhadas por este vereador a Procuradoria do Município?_x000D_
 3)Qual a situação das sindicâncias, processos ou procedimentos administrativos que foram instaurados e estão em andamento, mesmo que suspensos no ano de 2019 e 2020?_x000D_
 4)Cópia das portarias das sindicâncias, processos ou procedimentos administrativos instaurados no ano de 2019 e 2020;_x000D_
 5)Cópia dos processos integrais das sindicâncias, processos ou procedimentos administrativos finalizados no ano de 2019 e 2020;</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2438/r_111.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2438/r_111.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Administração, Sr. João Batista de Andrade, informe o seguinte:_x000D_
 _x000D_
 1)Cópia integral dos processos licitatórios nas modalidades Carta Convite e Dispensa de Licitação dos anos de 2019 e 2020;</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2439/r_112.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2439/r_112.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Obras, Sr. Paulo Henrique Barbosa, informe o seguinte:_x000D_
 _x000D_
 1)Os locais exatos que foram instalados cada ponto de iluminação pública, informando o nome da rua ou estrada, a coordenada geográfica, ponto de referência e fotos;_x000D_
 2)Cópia integral do Processo Licitatório que resultou a contratação da empresa;_x000D_
 3)Cópia do contrato entre o Município e o Prestador de Serviço;_x000D_
 4)Cópia dos pagamentos realizados;_x000D_
 5)Quem foi o fiscal do contrato;_x000D_
 6)Datas e nome de quem acompanhou a instalação de cada iluminação pública;</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2440/r_113.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2440/r_113.doc</t>
   </si>
   <si>
     <t>ao Poder Executivo, por meio do Diretor de Saúde, Sr. Dorival Reis, informe o seguinte:_x000D_
 _x000D_
 1)Cópia de todas as notas fiscais, contratos e pedidos referente a gastos com o orçamento para pequenas despesas, seja para obras, serviços ou produtos no ano de 2019 e 2020;_x000D_
 2)Cópia dos extratos bancários das contas do Departamento de Saúde nos anos de 2019 e 2020;</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2445/r_114.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2445/r_114.doc</t>
   </si>
   <si>
     <t>ao Ilustríssimo Senhor Especialista Comercial da ELEKTRO no Vale do Ribeira, para que informe:_x000D_
 1) Quais providências serão tomadas sobre a poda da árvore que está entre a rede primária de alta tensão no Bairro Angatuba, próxima à casa situada na Rua 01, nº 25, Código do cliente: 7992378?</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2211/projeto_dl_02_20.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2211/projeto_dl_02_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de calamidade pública para fins do disposto no art. 65 da Lei Complementar nº 101 de 4 de maio de 2000 (LRF).</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2343/projeto_de_decreto_legislativo_03_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2343/projeto_de_decreto_legislativo_03_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de Cidadã Pariquerense à Senhora Eliane de Brito Fiedler.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2344/projeto_de_decreto_legislativo_04_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2344/projeto_de_decreto_legislativo_04_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de Cidadão Pariquerense ao Senhor José Iram Mendonça Rêgo.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>Arnaldo Roquete</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2345/projeto_de_decreto_legislativo_05_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2345/projeto_de_decreto_legislativo_05_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de Cidadão Pariquerense ao Senhor Alexandre Wolanski Negrão.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2346/projeto_de_decreto_legislativo_06_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2346/projeto_de_decreto_legislativo_06_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Diploma do Mérito ao Senhor Sebastião Assunção.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2347/projeto_de_decreto_legislativo_07_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2347/projeto_de_decreto_legislativo_07_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de Cidadão Pariquerense ao Senhor Paulo Sérgio Agostine</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2360/projeto_de_decreto_legislativo_08_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2360/projeto_de_decreto_legislativo_08_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do título honorífico de Cidadã Pariquerense à Senhora Maria de Castro Trianoski.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2361/projeto_de_decreto_legislativo_09_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2361/projeto_de_decreto_legislativo_09_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Diploma do Mérito a o Senhor  Leandro Gauglitz.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2362/projeto_de_decreto_legisaltivo_10_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2362/projeto_de_decreto_legisaltivo_10_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Diploma de Mérito ao Senhor Leonel Pedro Saletti.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2381/projeto_decreto_legislativo_11_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2381/projeto_decreto_legislativo_11_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de Cidadão Pariquerense a Senhora Deputada Federal Rosana Valle.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>PEOR</t>
   </si>
   <si>
     <t>Projeto de Emenda a L.O.M. Leg</t>
   </si>
   <si>
     <t>Eliel Coppi, Mário Miranda, Paulo Roberto Mendes , Prof. Sergio Chemite, Rodrigo Mendes</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2394/projeto_emenda_lei_organica_1_2020_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2394/projeto_emenda_lei_organica_1_2020_leg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do art. 126 da Lei Orgânica para estabelecer impedimentos de cargos em comissão ou função de confiança na Administração Pública Direta e Indireta do Município.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>José Carlos Silva Pinto</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2184/projeto_de_lei_complementar_no_01_2020_exec..pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2184/projeto_de_lei_complementar_no_01_2020_exec..pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aprovação de Projetos de Condomínio de Lotes no Perímetro Urbano, previstos no art. 1.331 a 1.358-A do Código Civil”.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2421/projeto_lei_complementar_2_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2421/projeto_lei_complementar_2_2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar n. 002/2020, que estabelece a ampliação do perímetro urbano do  município de Pariquera-Açu e dá outras providências.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2085/projeto_de_lei_no_01_2020_leg._sub..pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2085/projeto_de_lei_no_01_2020_leg._sub..pdf</t>
   </si>
   <si>
     <t>Substitutivo - Proíbe a inauguração e a entrega de obras públicas incompletas ou que, embora concluídas, não atendam ao fim a que se destinam.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2086/projeto_de_lei_no_02_2020_leg._sub..pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2086/projeto_de_lei_no_02_2020_leg._sub..pdf</t>
   </si>
   <si>
     <t>Substitutivo - Institui ações de incentivo a artistas locais.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>Rodrigo Mendes, Eliel Coppi, Mário Miranda, Paulo Roberto Mendes , Prof. Sergio Chemite</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2087/projeto_de_lei_03_2020_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2087/projeto_de_lei_03_2020_leg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre sanção para a execução de músicas nas escolas, cuja letra estimule a prática de crime, pornografia, apologia ao sexo ou uso de drogas, ou mesmo incentivem a violência ou exponham principalmente as mulheres a situação de constrangimento.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2187/projeto_de_lei_no_05_2020_leg..pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2187/projeto_de_lei_no_05_2020_leg..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Dia Municipal do Protetor dos Animais e dá outras providências.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2273/projeto_de_lei_06_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2273/projeto_de_lei_06_2020.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 06/2020, que dispõe autorização ao usuário de serviço de água tratada para instalação de válvulas de retenção de ar para hidrômetros em imóveis comerciais e residenciais do município de Pariquera-Açu.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2274/projeto_de_lei_07_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2274/projeto_de_lei_07_2020.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 07/2020, que dispõe sobre o fornecimento e instalação gratuita, pela concessionária de saneamento básico, de válvulas de retenção de ar (eliminadores de ar), para hidrômetros a todos imóveis comerciais e residenciais do município de Pariquera-Açu.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2221/projeto_de_lei_08_200_leg_subs.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2221/projeto_de_lei_08_200_leg_subs.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas, sanções e procedimentos para o enfrentamento da pandemia da COVID-19 no município de Pariquera-Açu/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2281/projeto_de_lei_leg_09_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2281/projeto_de_lei_leg_09_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o exercício e funcionamento de serviços públicos e atividades essenciais e sua flexibilização no comércio do Município de Pariquera-Açu/SP diante da Pandemia e dá outras providências.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2276/projeto_de_lei_10_2020_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2276/projeto_de_lei_10_2020_leg.pdf</t>
   </si>
   <si>
     <t>Fixa subsídios do prefeito e vice-prefeito para a legislatura de 2021 a 2024</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2277/projeto_de_lei_11_2020_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2277/projeto_de_lei_11_2020_leg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre obrigatoriedade de disponibilização dos processos de dispensa de licitação e convite no site oficial e a  e a publicação da contratação no Diário Oficial  da Prefeitura Municipal conforme especifica</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2278/projeto_lei_12_leg.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2278/projeto_lei_12_leg.pdf</t>
   </si>
   <si>
     <t>Determina a obrigatoriedade de divulgação no site oficial do município, os dados oficiais referentes ao novo Coronavírus (COVID-19) no município de Pariquera-Açu e dá outras providências.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2083/projeto_de_lei_01_2020_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2083/projeto_de_lei_01_2020_exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDENCIAS - R$ 796.022,69</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2084/projeto_de_lei_02_2020_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2084/projeto_de_lei_02_2020_exec.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS - R$ 4.535.750,00.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2188/projeto_de_lei_no_03_2020_exec..pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2188/projeto_de_lei_no_03_2020_exec..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre percentual de aplicação de reposição de perdas inflacionárias de vencimento dos servidores municipais da administração direta e subsídios do Prefeito e Vice-Prefeito do Município de Pariquera-Açu.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2283/projeto_de_lei_n_04_2020_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2283/projeto_de_lei_n_04_2020_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o serviço de transporte remunerado privado individual de passageiros, gerados por plataformas tecnológicas, no município de Pariquera-Açu, e dá outras providências.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2210/projeto_de_lei_no_06_2020_ple.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2210/projeto_de_lei_no_06_2020_ple.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de moratória em caráter geral dos tributos municipais, nos termos do artigo 152, inciso I do Código Tributário Nacional.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2213/projeto_de_lei_07_2020_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2213/projeto_de_lei_07_2020_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre adequação de referência 4-A, nos termos do piso nacional dos Agentes Comunitários de Saúde e Combate às Endemias, estabelecido pelo Ministério da Saúde e altera o anexo II, da Lei 003/2020, adequando o piso salarial dos Professores Substitutos.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2217/projeto_de_lei_08_200_leg_subs.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2217/projeto_de_lei_08_200_leg_subs.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas para enfrentamento da pandemia do novo Coranavirus (COVID-19) e dá outras providências.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2282/projeto_de_lei_09_2020_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2282/projeto_de_lei_09_2020_exec.pdf</t>
   </si>
   <si>
     <t>Acrescenta os incisos I e II ao artigo 3º da Lei Municipal nº 04 de 27 de março 2020 (Lei de Moratória COVID-19).</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2287/projeto_de_lei_10_2020_ldo.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2287/projeto_de_lei_10_2020_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para a elaboração e execução da Lei Orçamentária para o exercício financeiro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2340/projeto_de_lei_11_2020_executivo.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2340/projeto_de_lei_11_2020_executivo.pdf</t>
   </si>
   <si>
     <t>Estabelece a ampliação do perímetro urbano do município de Pariquera-Açu e dá outras providências</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2383/projeto_lei_ordinaria_13_2020_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2383/projeto_lei_ordinaria_13_2020_exec.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de crédito adicional suplementar e dá outras providências" - R$ 4.868.000,00</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2393/projeto_de_lei_14_2020_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2393/projeto_de_lei_14_2020_exec.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências - R$ 107.000,00</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2401/projeto_de_lei_15_loa_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2401/projeto_de_lei_15_loa_exec.pdf</t>
   </si>
   <si>
     <t>Estima a receita e e fixa a despesa do município para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2417/projeto_lei_16_2020_exec.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2417/projeto_lei_16_2020_exec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre ratificação da Resolução n. 004/2020 da Assembleia Geral do Consórcio Intermunicipal de Saúde do Vale do Ribeira e Litoral Sul - Consaúde.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2420/projeto_de_resolucao_4_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2420/projeto_de_resolucao_4_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução do subsídio do Presidente da C^mara Municipal e dos vereadores com o fim de gerar recursos para o combate à pandemia provocada pelo Covid-19 no município de Pariquera-Açu.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2279/projeto_de_resolucao_05_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2279/projeto_de_resolucao_05_2020.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos vereadores para a legislatura de 2021 a 2024</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2284/projeto_de_resolucao_06_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2284/projeto_de_resolucao_06_2020.pdf</t>
   </si>
   <si>
     <t>Constitui a Comissão de Ética e Decoro Parlamentar.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2341/projeto_de_resolucao_07_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2341/projeto_de_resolucao_07_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proposta orçamentária da Câmara Municipal de Pariquera-Açu para o exercício de 2021.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2363/projeto_de_resolucao_08_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2363/projeto_de_resolucao_08_2020.pdf</t>
   </si>
   <si>
     <t>Constitui a Comissão de Ética e Decoro Parlamentar</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2422/projeto_de_resolucao_09_2020.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2422/projeto_de_resolucao_09_2020.pdf</t>
   </si>
   <si>
     <t>Declara perda de mandato do vereador Rodrigo Mendes, por conduta incompatível com o decoro parlamentar.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>PELOE</t>
   </si>
   <si>
     <t>Projeto de Emenda L.O.M. Exe</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2212/subs_proj_lom.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2212/subs_proj_lom.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos ao artigo 142, da Lei orgânica do Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5025,67 +5025,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2061/i_01.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2062/i_02.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2063/i_03.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2064/i_04.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2065/i_05.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2066/i_06.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2067/i_07.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2068/i_08.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2069/i_09.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2070/i_10.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2071/i_11.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2072/i_12.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2073/i_13.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2074/i_14.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2075/i_15.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2076/i_16.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2077/i_17.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2078/i_18.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2079/i_19.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2080/i_20.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2081/i_21.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2082/i_22.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2088/i_23.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2089/i_24.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2090/i_25.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2091/i_26.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2092/i_27.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2093/i_28.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2094/i_29.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2095/i_30.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2096/i_31.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2097/i_32.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2098/i_33.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2099/i_34.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2100/i_35.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2101/i_36.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2102/i_37.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2103/i_38.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2104/i_39.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2105/i_40.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2106/i_41.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2107/i_42.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2108/i_43.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2109/i_44.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2110/i_45.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2111/i_46.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2112/i_47.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2113/i_48.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2114/i_49.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2115/i_50.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2116/i_51.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2117/i_52.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2118/i_53.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2119/i_54.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2120/i_55.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2121/i_56.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2122/i_57.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2123/i_58.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2124/i_59.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2125/i_60.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2126/i_61.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2127/i_62.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2128/i_63.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2129/i_64.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2130/i_65.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2131/i_66.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2132/i_67.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2133/i_68.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2134/i_69.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2170/i_70.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2171/i_71.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2172/i_72.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2173/i_73.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2174/i_74.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2175/i_75.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2176/i_76.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2177/i_77.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2178/i_78.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2179/i_79.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2180/i_80.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2181/i_81.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2182/i_82.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2183/i_83.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2185/i_84.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2186/i_85.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2189/i_86.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2190/i_87.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2191/i_88.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2192/i_89.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2193/i_90.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2194/i_91.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2195/i_92.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2196/i_93.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2197/i_94.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2203/i_95.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2204/i_96.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2205/i_97.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2206/i_98.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2207/i_99.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2208/i_100.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2218/i_101.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2219/i_102.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2220/i_103.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2249/i_104.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2250/i_105.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2251/i_106.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2252/i_107.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2253/i_108.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2254/i_109.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2255/i_110.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2256/i_111.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2257/i_112.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2258/i_113.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2259/i_114.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2260/i_115.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2261/i_116.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2262/i_117.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2263/i_118.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2264/i_119.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2265/i_120.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2266/i_121.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2267/i_122.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2268/i_123.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2269/i_124.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2270/i_125.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2271/i_126.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2272/i_127.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2288/i_128.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2289/i_129.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2290/i_130.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2291/i_131.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2292/i_132.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2293/i_133.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2294/i_134.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2295/i_135.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2296/i_136.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2297/i_137.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2298/i_138.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2299/i_139.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2300/i_140.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2316/i_141.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2317/i_142.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2318/i_143.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2319/i_144.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2320/i_145.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2321/i_146.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2322/i_147.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2323/i_148.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2324/i_149.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2325/i_150.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2326/i_151.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2327/i_152.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2328/i_153.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2329/i_154.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2330/i_155.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2331/i_156.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2332/i_157.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2333/i_158.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2334/i_159.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2335/i_160.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2336/i_161.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2337/i_162.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2356/i_163.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2357/i_164.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2358/i_165.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2359/i_166.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2364/i_167.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2365/i_168.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2366/i_169.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2367/i_170.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2368/i_171.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2369/i_172.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2370/i_173.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2371/i_174.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2372/i_175.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2376/i_176.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2377/i_177.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2378/i_178.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2379/i_179.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2380/i_180.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2384/i_181.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2385/i_182.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2386/i_183.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2387/i_184.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2388/i_185.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2395/i_186.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2396/i_187.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2397/i_188.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2398/i_189.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2402/i_190.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2403/i_191.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2407/i_192.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2408/i_193.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2409/i_194.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2410/i_195.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2411/i_196.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2412/i_197.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2423/i_198.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2424/i_199.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2425/i_200.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2426/i_201.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2430/i_202.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2431/i_203.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2432/i_204.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2433/i_205.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2434/i_206.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2443/i_207.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2444/i_208.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2239/m_01.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2240/m_02.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2241/m_03.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2242/m_04.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2243/m_05.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2244/m_06.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2441/m_07.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2442/m_08.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2245/m_09.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2246/m_10.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2247/m_11.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2248/m_12.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2338/m_13.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2339/m_14.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2382/m_15.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2392/m_16.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2415/m_17.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2135/r_01.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2136/r_02.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2137/r_03.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2138/r_04.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2139/r_05.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2140/r_06.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2141/r_07.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2142/r_08.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2143/r_09.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2144/r_10.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2145/r_11.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2146/r_12.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2147/r_13.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2148/r_14.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2149/r_15.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2150/r_16.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2151/r_17.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2152/r_18.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2153/r_19.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2154/r_20.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2155/r_21.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2156/r_22.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2157/r_23.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2158/r_24.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2159/r_25.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2160/r_26.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2161/r_27.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2162/r_28.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2163/r_29.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2164/r_30.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2165/r_31.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2166/r_32.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2167/r_33.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2168/r_34.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2169/r_35.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2198/r_36.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2199/r_37.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2200/r_38.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2201/r_39.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2202/r_40.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2209/r_41.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2214/r_42.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2215/r_43.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2216/r_44.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2222/r_45.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2223/r_46.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2224/r_47.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2225/r_48.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2226/r_49.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2227/r_50.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2740/r_51.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2741/r_52.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2228/r_53.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2229/r_54.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2230/r_55.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2231/r_57.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2232/r_57.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2233/r_58.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2234/r_59.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2301/r_60.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2285/r_61.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2235/r_62.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2236/r_63.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2237/r_64.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2238/r_65.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2286/r_66.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2302/r_67.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2303/r_68.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2304/r_69.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2305/r_70.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2306/r_71.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2307/r_72.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2308/r_73.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2309/r_74.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2310/r_75.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2311/r_76.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2312/r_77.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2313/r_78.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2314/r_79.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2315/r_80.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2342/r_81.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2348/r_82.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2349/r_83.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2350/r_84.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2351/r_85.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2352/r_86.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2353/r_87.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2354/r_88.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2355/r_89.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2373/r_90.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2374/r_91.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2375/r_92.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2389/r_93.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2390/r_94.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2391/r_95.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2399/r_96.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2400/r_97.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2404/r_98.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2405/r_99.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2406/r_100.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2413/r_101.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2414/r_102.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2418/r_103.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2419/r_104.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2427/r_105.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2428/r_106.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2429/r_107.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2435/r_108.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2436/r_109.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2437/r_110.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2438/r_111.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2439/r_112.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2440/r_113.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2445/r_114.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2211/projeto_dl_02_20.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2343/projeto_de_decreto_legislativo_03_2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2344/projeto_de_decreto_legislativo_04_2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2345/projeto_de_decreto_legislativo_05_2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2346/projeto_de_decreto_legislativo_06_2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2347/projeto_de_decreto_legislativo_07_2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2360/projeto_de_decreto_legislativo_08_2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2361/projeto_de_decreto_legislativo_09_2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2362/projeto_de_decreto_legisaltivo_10_2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2381/projeto_decreto_legislativo_11_2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2394/projeto_emenda_lei_organica_1_2020_leg.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2184/projeto_de_lei_complementar_no_01_2020_exec..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2421/projeto_lei_complementar_2_2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2085/projeto_de_lei_no_01_2020_leg._sub..pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2086/projeto_de_lei_no_02_2020_leg._sub..pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2087/projeto_de_lei_03_2020_leg.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2187/projeto_de_lei_no_05_2020_leg..pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2273/projeto_de_lei_06_2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2274/projeto_de_lei_07_2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2221/projeto_de_lei_08_200_leg_subs.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2281/projeto_de_lei_leg_09_2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2276/projeto_de_lei_10_2020_leg.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2277/projeto_de_lei_11_2020_leg.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2278/projeto_lei_12_leg.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2083/projeto_de_lei_01_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2084/projeto_de_lei_02_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2188/projeto_de_lei_no_03_2020_exec..pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2283/projeto_de_lei_n_04_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2210/projeto_de_lei_no_06_2020_ple.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2213/projeto_de_lei_07_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2217/projeto_de_lei_08_200_leg_subs.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2282/projeto_de_lei_09_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2287/projeto_de_lei_10_2020_ldo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2340/projeto_de_lei_11_2020_executivo.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2383/projeto_lei_ordinaria_13_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2393/projeto_de_lei_14_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2401/projeto_de_lei_15_loa_exec.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2417/projeto_lei_16_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2420/projeto_de_resolucao_4_2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2279/projeto_de_resolucao_05_2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2284/projeto_de_resolucao_06_2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2341/projeto_de_resolucao_07_2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2363/projeto_de_resolucao_08_2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2422/projeto_de_resolucao_09_2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2212/subs_proj_lom.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2061/i_01.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2062/i_02.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2063/i_03.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2064/i_04.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2065/i_05.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2066/i_06.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2067/i_07.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2068/i_08.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2069/i_09.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2070/i_10.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2071/i_11.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2072/i_12.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2073/i_13.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2074/i_14.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2075/i_15.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2076/i_16.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2077/i_17.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2078/i_18.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2079/i_19.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2080/i_20.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2081/i_21.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2082/i_22.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2088/i_23.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2089/i_24.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2090/i_25.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2091/i_26.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2092/i_27.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2093/i_28.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2094/i_29.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2095/i_30.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2096/i_31.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2097/i_32.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2098/i_33.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2099/i_34.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2100/i_35.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2101/i_36.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2102/i_37.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2103/i_38.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2104/i_39.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2105/i_40.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2106/i_41.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2107/i_42.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2108/i_43.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2109/i_44.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2110/i_45.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2111/i_46.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2112/i_47.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2113/i_48.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2114/i_49.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2115/i_50.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2116/i_51.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2117/i_52.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2118/i_53.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2119/i_54.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2120/i_55.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2121/i_56.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2122/i_57.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2123/i_58.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2124/i_59.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2125/i_60.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2126/i_61.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2127/i_62.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2128/i_63.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2129/i_64.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2130/i_65.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2131/i_66.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2132/i_67.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2133/i_68.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2134/i_69.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2170/i_70.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2171/i_71.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2172/i_72.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2173/i_73.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2174/i_74.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2175/i_75.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2176/i_76.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2177/i_77.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2178/i_78.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2179/i_79.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2180/i_80.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2181/i_81.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2182/i_82.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2183/i_83.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2185/i_84.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2186/i_85.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2189/i_86.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2190/i_87.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2191/i_88.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2192/i_89.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2193/i_90.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2194/i_91.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2195/i_92.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2196/i_93.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2197/i_94.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2203/i_95.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2204/i_96.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2205/i_97.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2206/i_98.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2207/i_99.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2208/i_100.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2218/i_101.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2219/i_102.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2220/i_103.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2249/i_104.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2250/i_105.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2251/i_106.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2252/i_107.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2253/i_108.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2254/i_109.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2255/i_110.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2256/i_111.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2257/i_112.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2258/i_113.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2259/i_114.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2260/i_115.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2261/i_116.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2262/i_117.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2263/i_118.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2264/i_119.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2265/i_120.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2266/i_121.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2267/i_122.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2268/i_123.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2269/i_124.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2270/i_125.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2271/i_126.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2272/i_127.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2288/i_128.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2289/i_129.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2290/i_130.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2291/i_131.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2292/i_132.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2293/i_133.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2294/i_134.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2295/i_135.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2296/i_136.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2297/i_137.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2298/i_138.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2299/i_139.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2300/i_140.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2316/i_141.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2317/i_142.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2318/i_143.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2319/i_144.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2320/i_145.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2321/i_146.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2322/i_147.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2323/i_148.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2324/i_149.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2325/i_150.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2326/i_151.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2327/i_152.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2328/i_153.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2329/i_154.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2330/i_155.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2331/i_156.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2332/i_157.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2333/i_158.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2334/i_159.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2335/i_160.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2336/i_161.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2337/i_162.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2356/i_163.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2357/i_164.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2358/i_165.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2359/i_166.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2364/i_167.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2365/i_168.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2366/i_169.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2367/i_170.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2368/i_171.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2369/i_172.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2370/i_173.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2371/i_174.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2372/i_175.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2376/i_176.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2377/i_177.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2378/i_178.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2379/i_179.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2380/i_180.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2384/i_181.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2385/i_182.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2386/i_183.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2387/i_184.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2388/i_185.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2395/i_186.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2396/i_187.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2397/i_188.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2398/i_189.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2402/i_190.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2403/i_191.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2407/i_192.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2408/i_193.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2409/i_194.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2410/i_195.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2411/i_196.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2412/i_197.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2423/i_198.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2424/i_199.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2425/i_200.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2426/i_201.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2430/i_202.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2431/i_203.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2432/i_204.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2433/i_205.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2434/i_206.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2443/i_207.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2444/i_208.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2239/m_01.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2240/m_02.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2241/m_03.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2242/m_04.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2243/m_05.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2244/m_06.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2441/m_07.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2442/m_08.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2245/m_09.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2246/m_10.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2247/m_11.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2248/m_12.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2338/m_13.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2339/m_14.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2382/m_15.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2392/m_16.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2415/m_17.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2135/r_01.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2136/r_02.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2137/r_03.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2138/r_04.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2139/r_05.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2140/r_06.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2141/r_07.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2142/r_08.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2143/r_09.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2144/r_10.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2145/r_11.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2146/r_12.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2147/r_13.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2148/r_14.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2149/r_15.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2150/r_16.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2151/r_17.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2152/r_18.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2153/r_19.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2154/r_20.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2155/r_21.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2156/r_22.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2157/r_23.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2158/r_24.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2159/r_25.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2160/r_26.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2161/r_27.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2162/r_28.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2163/r_29.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2164/r_30.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2165/r_31.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2166/r_32.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2167/r_33.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2168/r_34.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2169/r_35.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2198/r_36.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2199/r_37.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2200/r_38.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2201/r_39.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2202/r_40.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2209/r_41.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2214/r_42.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2215/r_43.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2216/r_44.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2222/r_45.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2223/r_46.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2224/r_47.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2225/r_48.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2226/r_49.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2227/r_50.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2740/r_51.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2741/r_52.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2228/r_53.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2229/r_54.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2230/r_55.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2231/r_57.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2232/r_57.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2233/r_58.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2234/r_59.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2301/r_60.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2285/r_61.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2235/r_62.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2236/r_63.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2237/r_64.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2238/r_65.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2286/r_66.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2302/r_67.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2303/r_68.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2304/r_69.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2305/r_70.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2306/r_71.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2307/r_72.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2308/r_73.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2309/r_74.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2310/r_75.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2311/r_76.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2312/r_77.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2313/r_78.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2314/r_79.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2315/r_80.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2342/r_81.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2348/r_82.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2349/r_83.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2350/r_84.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2351/r_85.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2352/r_86.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2353/r_87.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2354/r_88.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2355/r_89.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2373/r_90.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2374/r_91.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2375/r_92.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2389/r_93.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2390/r_94.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2391/r_95.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2399/r_96.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2400/r_97.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2404/r_98.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2405/r_99.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2406/r_100.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2413/r_101.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2414/r_102.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2418/r_103.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2419/r_104.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2427/r_105.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2428/r_106.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2429/r_107.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2435/r_108.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2436/r_109.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2437/r_110.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2438/r_111.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2439/r_112.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2440/r_113.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2445/r_114.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2211/projeto_dl_02_20.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2343/projeto_de_decreto_legislativo_03_2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2344/projeto_de_decreto_legislativo_04_2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2345/projeto_de_decreto_legislativo_05_2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2346/projeto_de_decreto_legislativo_06_2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2347/projeto_de_decreto_legislativo_07_2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2360/projeto_de_decreto_legislativo_08_2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2361/projeto_de_decreto_legislativo_09_2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2362/projeto_de_decreto_legisaltivo_10_2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2381/projeto_decreto_legislativo_11_2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2394/projeto_emenda_lei_organica_1_2020_leg.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2184/projeto_de_lei_complementar_no_01_2020_exec..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2421/projeto_lei_complementar_2_2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2085/projeto_de_lei_no_01_2020_leg._sub..pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2086/projeto_de_lei_no_02_2020_leg._sub..pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2087/projeto_de_lei_03_2020_leg.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2187/projeto_de_lei_no_05_2020_leg..pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2273/projeto_de_lei_06_2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2274/projeto_de_lei_07_2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2221/projeto_de_lei_08_200_leg_subs.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2281/projeto_de_lei_leg_09_2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2276/projeto_de_lei_10_2020_leg.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2277/projeto_de_lei_11_2020_leg.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2278/projeto_lei_12_leg.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2083/projeto_de_lei_01_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2084/projeto_de_lei_02_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2188/projeto_de_lei_no_03_2020_exec..pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2283/projeto_de_lei_n_04_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2210/projeto_de_lei_no_06_2020_ple.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2213/projeto_de_lei_07_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2217/projeto_de_lei_08_200_leg_subs.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2282/projeto_de_lei_09_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2287/projeto_de_lei_10_2020_ldo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2340/projeto_de_lei_11_2020_executivo.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2383/projeto_lei_ordinaria_13_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2393/projeto_de_lei_14_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2401/projeto_de_lei_15_loa_exec.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2417/projeto_lei_16_2020_exec.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2420/projeto_de_resolucao_4_2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2279/projeto_de_resolucao_05_2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2284/projeto_de_resolucao_06_2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2341/projeto_de_resolucao_07_2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2363/projeto_de_resolucao_08_2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2422/projeto_de_resolucao_09_2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/sapl/public/materialegislativa/2020/2212/subs_proj_lom.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H385"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="151.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>