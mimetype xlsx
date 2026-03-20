--- v0 (2026-01-30)
+++ v1 (2026-03-20)
@@ -54,3323 +54,3323 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Júlio Haddad</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROMOVA ESTUDOS JUNTO A SUA EQUIPE TÉCNICA, BUSCANDO REAJUSTAR O VALOR DA GRATIFICAÇÃO POR PRODUTIVIDADE DOS FUNCIONÁRIOS MUNICIPAIS, HAJA VISTA O LONGO PERÍODO SEM REVISÃO.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Paulo Roberto Mendes , Edson da Jonil</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE REALIZAR À LIMPEZA EM FORMA DE MUTIRÃO NO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Ezequiel de Lima Júnior, Arnaldo Roquete, Eliel Coppi, Luizinho, Wagner Bento da Costa</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE INSTALAÇÃO DE PONTOS DE GUARITA DE ÔNIBUS NOS LOCAIS ABAIXO RELACIONADOS;_x000D_
 A) DUAS(02) GUARITAS DE TAMANHOS DIFERENCIADOS NO AME, EM FRENTE AO HOSPITAL REGIONAL LEOPOLDO_x000D_
 BEVILACQUA (HRLB), RUA DOS EXPEDICIONÁRIOS;_x000D_
 B) UM (01) PONTO EM FRENTE O CEMITÉRIO MUNICIPAL;_x000D_
 C) UM (01) PONTO EM FRENTE À ENTRADA DA VILA PERI-PERI;_x000D_
 D) UM (01) PONTO EM FRENTE À ESCOLA PROF. MILCIO BAZOLI, ESTRADA JOSÉ RÉDIS, SP 222, DEPÓSITO_x000D_
 ROBERTÃO;_x000D_
 E) UM PONTO EM FRENTE À VILA CLEMENTINA SP 226 - KM 10+500 METROS, SENTIDO PARIQUERA-AÇU;_x000D_
 F) UM (01) PONTO EM FRENTE À IGREJA ASSEMBLEIA DE DEUS MINISTÉRIO DE SANTOS, KM 15+200 METROS, NA_x000D_
 SP 226;_x000D_
 G) UM (01) PONTO EM FRENTE À ENTRADA CACAU-AÇU/LINHA TREZE DE MAIO, SP 226;_x000D_
 H) UM (01) PONTO EM FRENTE AO POSTINHO DE SAÚDE, NO KM 3 DA SP 459/230, SENTIDO PARIQUERA-AÇU;_x000D_
 I) DOIS (02) PONTOS DE ÔNIBUS EM FRENTE À ENTRADA DO BAIRRO ANGATUBA, NA SP 459/230(NOS DOIS_x000D_
 SENTIDOS);_x000D_
 J) CONSTRUÇÃO DE DOIS(02) PONTOS DE ÔNIBUS, UM EM CADA SENTIDO, PARIQUERA-AÇU/REGISTRO;_x000D_
 L) UM (01) PONTO EM FRENTE À ESCOLA DO BAIRRO SENADOR DANTAS;_x000D_
 M) DOIS (02) PONTOS EM FRENTE AO BAR DO &amp;#8220;SENHOR ADRIANO&amp;#8221;, KM 458 DA RODOVIA RÉGIS BITTENCOURT.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Eliel Coppi</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE EFETUAR SERVIÇO DE ROÇADA ÀS MARGENS DO RIO TURVO.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Paulo Roberto Mendes , Edson da Jonil, Sebastião Assunção</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE MANDAR PATROLAR E CASCALHAR AS ESTRADAS DOS BAIRROS CONCHAL I E DO OURO VERDE.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t xml:space="preserve">Paulo Roberto Mendes </t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE SE CRIE UM PROJETO DE LEI DENOMINANDO A ESCOLA MUNICIPAL DO BAIRRO BOA VISTA DE: E.M.E.I.F. DONA ELVIRA FERNANDES LOURENÇO.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE REGULAMENTE AS SEGUINTES ROTAS PARA OS ÔNIBUS DE LINHAS INTERMUNICIPAIS QUE TRAFEGAM NA CIDADE DIARIAMENTE:_x000D_
 A) ACESSO DOS ÔNIBUS DE VEM DE IGUAPE, ILHA COMPRIDA E CANANÉIA: ENTRADA NA CIDADE: ENTRAM PELA AV. DR. CARLOS BOTELHO; VIRAM À DIREITA NA RUA PEDRO BONE; ENTRAM À DIREITA NA AV. CAP. CASEMIRO LINO VIEIRA; VIRAM À DIREITA NA AV. DOS EXPEDICIONÁRIOS PARANDO NO PONTO DE ÔNIBUS EM FRENTE AO AME PARA EMBARQUE E DESEMBARQUE DE PASSAGEIROS, DEPOIS SEGUEM À DIREITA PELA AV. DR. FERNANDO COSTA; ENTRAM À ESQUERDA NA RUA JOÃO TOBIAS FILHO; PEGAM À ESQUERDA NA RUA DAVI MENDES JÚNIOR, CHEGANDO À RODOVIÁRIA; SAÍDA DA CIDADE: SAEM DA RODOVIÁRIA PELA RUA XV DE NOVEMBRO; VIRAM À ESQUERDA NA AV. DR. CARLOS BOTELHO E SEGUEM DIRETO._x000D_
 B) ACESSO DOS ÔNIBUS QUE CHEGAM DE REGISTRO, JACUPIRANGA, CAJATI E OUTRAS CIDADES: ENTRADA NA CIDADE: ENTRAM PELA AV. DR. CARLOS BOTELHO; VIRAM À DIREITA NA RUA JOÃO TOBIAS FILHO; NA RUA DAVI MENDES JÚNIOR ENTRAM À ESQUERDA CHEGANDO À RODOVIÁRIA (PARADA OBRIGATÓRIA NO TERMINAL RODOVIÁRIO), DEPOIS SEGUEM PELA RUA XV DE NOVEMBRO; VIRAM À DIREITA NA RUA MÁXIMO ZANELLA, EM SEGUIDA À DIREITA NA RUA JOÃO TOBIAS FILHO; VIRAM À DIREITA NA AVENIDA CAP. CASEMIRO LINO VIEIRA; DEPOIS À DIREITA NA RUA DOS EXPEDICIONÁRIOS PARANDO NO PONTO DE ÔNIBUS EM FRENTE AO AME PARA EMBARQUE E DESEMBARQUE DE PASSAGEIROS. SAÍDA DA CIDADE: SAEM DA RUA DOS EXPEDICIONÁRIOS ATÉ A AV. DR. CARLOS BOTELHO E SEGUEM DIRETO._x000D_
 </t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Ezequiel de Lima Júnior</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE INSTALAÇÃO DE UMA GUARITA PARA ABRIGAR OS TAXISTAS LOCALIZADOS NO PONTO DE TAXI Nº 5, EM FRENTE À RODOVIÁRIA.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Ezequiel de Lima Júnior, Sebastião Assunção</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE INSTALAÇÃO DE UM ABRIGO PARA PASSAGEIROS, NA AVENIDA DR. CARLOS BOTELHO, EM FRENTE O MATERIAL DE CONSTRUÇÃO &amp;#8220;CAMPOS MÓVEIS&amp;#8221;.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE REALIZE UM LEVANTAMENTO NOS BAIRROS DE NOSSO MUNICÍPIO DE TODOS OS PONTOS ESCUROS, DEVIDO À FALTA DE ILUMINAÇÃO PÚBLICA, PARA PROMOVER A EXTENSÃO DA REDE ELÉTRICA, E TAMBÉM A MANUTENÇÃO DE LUMINÁRIAS E TROCAS DE LÂMPADAS.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Edson da Jonil</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A NECESSIDADE DE PROVIDENCIAR A CONSTRUÇÃO DE DUAS CAIXAS DE BUEIROS PARA FACILITAR O ESCOAMENTO DAS ÁGUAS PLUVIAIS NA RUA RIO GRANDE DO SUL, ESQUINA COM A RUA FERNANDO CLEMENTE ZANELLA, NA VILA SÃO JOÃO, PRÓXIMO AO MERCADO SCHIMIDT. </t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE VIABILIZE AÇÕES NO SENTIDO DE POSSIBILITAR QUE OS CIDADÃOS DE PARIQUERA-AÇU, QUE SÃO ATENDIDOS NOS POSTOS DE SAÚDE DAS LOCALIDADES, POSSAM RETIRAR MEDICAMENTOS CONTEMPLADOS NA CESTA BÁSICA E PRESCRITOS PELO MÉDICO JUNTO ÀS PRÓPRIAS UNIDADES BÁSICAS DE SAÚDE (URBANAS E RURAIS) ONDE SÃO REALIZADAS AS CONSULTAS.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE INSTALAÇÃO DE LUMINÁRIA NO CRUZAMENTO DA RODOVIA SP 222 COM A RUA SÃO PAULO, VILA MARIA, SENTIDO PARIQUERA-AÇU/JACUPIRANGA E UM POSTE COM LUMINÁRIA NESTE MESMO CRUZAMENTO NO SENTIDO JACUPIRANGA/PARIQUERA-AÇU, COMO TAMBÉM REPARO DA ILUMINAÇÃO PÚBLICA LOCALIZADO AINDA NA RUA SÃO PAULO, COM INÍCIO NO CRUZAMENTO DA RUA OZÍRIO SOARES.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A NECESSIDADE DE EXECUÇÃO DE SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO NA ESTRADA TRÊS DE MAIO TAMBÉM CONHECIDA COMO ESTRADA DO CACAU AÇU, NO TRECHO DO SÍTIO DO SR. NEY CUGLER ATÉ O SÍTIO DO SR. JOSIAS DE LIMA. </t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE VIABILIZE PLANO DE REESTRUTURAÇÃO DE CARREIRA E VENCIMENTOS AOS SERVIDORES MUNICIPAIS COM A MÁXIMA URGÊNCIA, TENDO EM VISTA SITUAÇÕES DE DEFASAGEM NOS VENCIMENTOS QUE REDUNDAM TANTO NA PERDA DE PODER DE COMPRA POR PARTE DO FUNCIONALISMO PÚBLICO, COMO TAMBÉM NA DESMOTIVAÇÃO DAQUELA CLASSE TRABALHADORA.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Wagner Bento da Costa</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE GESTÃO JUNTO AO CORPO TÉCNICO DA PREFEITURA MUNICIPAL, NO SENTIDO DE VIABILIZAR ESTUDOS VISANDO A CONSTRUÇÃO DE UM ESPAÇO DE LAZER EM NOSSO MUNICÍPIO, ATRAVÉS DE UMA PISTA DE CAMINHADA, NA ÁREA LOCALIZADA NA PISTA DE KART, NO CENTRO DE EVENTOS.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE INSTALAÇÃO DE TUBOS DE CONCRETO NAS VALAS LOCALIZADAS NA RUA JOÃO GAUGLITZ, VILA SÃO JOÃO, PRÓXIMO AO BAR &amp;#8220;BOA ESPERANÇA&amp;#8221; E NA RUA ANGELO ANTONIOLLI, ALTURA DO Nº 257, NA VILA CLEMENTINA.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE MANDAR PATROLAR E CASCALHAR AS ESTRADAS DO BAIRRO CONCHAL I E O TRECHO QUE LIGA A FAZENDA LOMBADINHA AO BRAÇO PRETO.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Paulo Roberto Mendes , Edson da Jonil, Eliel Coppi, Sebastião Assunção</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A NECESSIDADE DE PROVIDENCIAR UM MEIO DE TRANSPORTE QUE SEJA EXCLUSIVO PARA PACIENTES DA ZONA RURAL QUE FAZEM FISIOTERAPIA NO CENTRO DE REABILITAÇÃO LUCY MONTORO. </t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Ezequiel de Lima Júnior, Eliel Coppi</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A NECESSIDADE DE MANDAR PATROLAR E CASCALHAR OS SEGUINTES LOCAIS: 				A) ESTRADA DA FAZENDA RIOSAN, NO BAIRRO PARIQUERA MIRIM;_x000D_
 B) ESTRADA DA LINHA 3 DE MAIO, DO SÍTIO DO &amp;#8220;BOCANHA&amp;#8221; ATÉ O SÍTIO DA FAMÍLIA TRIANOSKI; 				C) ESTRADA ITAPAMIRIM LINHA 3 DE MAIO; _x000D_
 D) ESTRADA DO BAIRRO CONCHAL I, DO MOTEL ATÉ A CASA DO SR. NELSON BENEGUI; 				E) ESTRADA DO BAIRRO BRAÇO PRETO, DO LIXÃO ATÉ A FAZENDA &amp;#8220;CHIGUEO&amp;#8221;; 				F) RUA FERNANDO CLEMENTE ZANELLA, VILA SÃO JOÃO. </t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A NECESSIDADE DE EFETUAR A REFORMA DA PONTE LOCALIZADA NA RUA CÂNDIDO ZANELLA, NA VILA CLEMENTINA. </t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE PROMOVER A REFORMA E MELHORIA NO ABRIGO PARA PASSAGEIROS, LOCALIZADO EM FRENTE AO BAIRRO JURUBATUBA.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE GESTÃO JUNTO AO DEPARTAMENTO DE OBRAS, NO SENTIDO DE VIABILIZAR A DEMARCAÇÃO DE FAIXA DE SINALIZAÇÃO PARA VAGAS DE ESTACIONAMENTO DESTINADAS ÀS MOTOCICLETAS QUE CIRCULAM NA AVENIDA DR. CARLOS BOTELHO, EM DOIS(02) PONTOS EM ESPECIAL: EM FRENTE À PRAÇA MATRIZ E AO BANCO BRADESCO, COMO TAMBÉM, REALIZAR A PINTURA DE GUIAS (FAIXA AMARELA) EM FRENTE A APAE.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE SOLICITE À EMPRESA QUE EXECUTOU A OBRA DE PAVIMENTAÇÃO ASFÁLTICA NAS RUAS SANTINA FLÓRIDO ADRIÃO E LUIZ LOBO FILHO, PROVIDÊNCIAS QUANTO AO PRAZO DE GARANTIA, QUE CONSTA DO Nº DE CONVÊNIO 763328, FIRMADO COM A EMPRESA VENCEDORA (E.D.E) TERRAPLANAGEM, PAVIMENTAÇÃO, ENGENHARIA E CONSTRUÇÃO LTDA, NO SENTIDO DE VERIFICAR E SANAR POSSÍVEIS DEFEITOS NA REFERIDA OBRA.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A NECESSIDADE DE QUE SE CONSTRUA UM MOTOCICLETÁRIO (LOCAL PARA QUE SE COLOQUEM MOTOS), NAS PROXIMIDADES DA ROTATÓRIA DO KM 458 DA BR- 116, AO LADO DA CASA DO SR. ADRIANO. </t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE MANDAR PATROLAR E CASCALHAR AS SEGUINTES ESTRADAS RURAIS:_x000D_
 A ESTRADA QUE LIGA A RODOVIA JOSÉ PADOVAN NETO, DA ENTRADA DO BAIRRO ANGATUBA ATÉ O BAIRRO BOA VISTA;_x000D_
 A ESTRADA QUE LIGA O BAIRRO SENADOR DANTAS ATÉ A FAZENDA DO SR. MENÉLIO NO BAIRRO ALTO.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Luizinho, Wagner Bento da Costa</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/58/58_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE MANDAR PATROLAR E CASCALHAR A RUA CARLOS MELCHER, NA VILA CLEMENTINA.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE ESTUDOS JUNTO AO DEPARTAMENTO DE OBRAS, PARA QUE SEJA FEITO SERVIÇO DE PATROLAMENTO EM FRENTE À ESCOLA DO BAIRRO BOA VISTA E SE POSSÍVEL PROVIDENCIAR A COLOCAÇÃO DE BLOQUETES NO LOCAL.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/60/60_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE SE TOME PROVIDÊNCIAS JUNTO A SUA EQUIPE, NO INTUITO DE CONSTRUIR DUAS(02) CAIXAS COLETORAS DE ÁGUAS PLUVIAIS, NO INÍCIO DA RUA JOSÉ ZEZÍLIA, PARALELA À RUA MINAS GERAIS, NA VILA SÃO JOÃO.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Wagner Bento da Costa, Arnaldo Roquete, Eliel Coppi, Ezequiel de Lima Júnior, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE REALIZE ESTUDOS JUNTO À SUA EQUIPE TÉCNICA, VISANDO A POSSIBILIDADE DE FIRMAR CONVÊNIO COM O GOVERNO DO ESTADO DE SÃO PAULO, POR MEIO DA CODASP (COMPANHIA DE DESENVOLVIMENTO AGRÍCOLA DE SÃO PAULO), PARA EXECUÇÃO DE SERVIÇOS DE INFRAESTRUTURA COM A PERENIZAÇÃO DAS ESTRADAS DO BRAÇO MAGRO, QUE SERVE DE ACESSO A CASA DA PEDRA E A ESTRADA DO BRAÇO PRETO.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE REALIZE O SERVIÇO DE PATROLAMENTO NAS RUAS DO BAIRRO CONCHAL II.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE MANDAR PATROLAR E CASCALHAR A RUA ANGELO ROSSINI, NA VILA CLEMENTINA, AO LADO DO CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE REALIZE ESTUDOS JUNTO AO DEPARTAMENTO DE OBRAS, BUSCANDO MELHORAR A VAZÃO DE ÁGUA DAS VALAS, COMO TAMBÉM SUBSTITUIR OS ATUAIS TUBOS POR OUTROS DE MAIOR DIÂMETRO, QUE ESTÃO LOCALIZADOS NA RUA BEZERRA DE MENEZES COM A RUA SANTA INÊS, NA VILA CLEMENTINA.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE PROVIDENCIAR REPAROS NO SISTEMA DE ILUMINAÇÃO (TROCA DE LÂMPADAS E MANUTENÇÃO NA REDE ELÉTRICA) DA ACADEMIA AO AR LIVRE, LOCALIZADA AO LADO DA CASA DO ARTESÃO, NA RUA DOS EXPEDICIONÁRIOS.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Edson da Jonil, Sebastião Assunção</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A NECESSIDADE DE REALIZAR A LIMPEZA DO CÓRREGO BOM RETIRO, NO TRECHO LOCALIZADO NO FUNDO DO BAR DO CABEÇÃO ATÉ AS PROXIMIDADES DA RESIDÊNCIA DO SR. JEREMIAS, AO LADO DA GARAGEM DE ÔNIBUS DA VIAÇÃO MINA DO VALE. </t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE REALIZAR PODAS DE ÁRVORES NO IMÓVEL DA PREFEITURA, LOCALIZADO NA RUA JOÃO BATISTA BARDUCO COM A RUA EMA GIBERTONI, NA VILA PALMIRA.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE PROVIDENCIE OS SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO NO TRECHO DA ESTRADA DO BRAÇO MAGRO, QUE LIGA A FAZENDA MARAJÓ, PASSANDO PELA ANTIGA ESCOLA DO BAIRRO ATÉ A VILA JOSÉ NEVES, SAÍDA PARA ESTRADA DE CANANÉIA. </t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE MANDAR PATROLAR E CASCALHAR A RUA JOÃO BATISTA BARDUCO, NA VILA PALMIRA.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE FAZER REPAROS NA PARTE ELÉTRICA DA PRAÇA MATRIZ E SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE PROVIDENCIAR A INSTALAÇÃO DE TUBOS NA VALA LOCALIZADA NA ESTRADA MUNICIPAL DO BAIRRO CONCHAL I, AO LADO DA IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE REALIZE ESTUDOS VISANDO A POSSIBILIDADE DE INSTALAÇÃO DE RELÓGIOS DE PONTO NAS UNIDADES BÁSICAS DE SAÚDE (UBS), QUE AINDA NÃO POSSUEM ESTE DISPOSITIVO.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE SE CRIE UM PLANO DE MANUTENÇÃO DE RUAS E ESTRADAS NÃO ASFALTADAS DO MUNICÍPIO E PROVIDENCIE O PATROLAMENTO E CASCALHAMENTO DAS RUAS DA VILA PALMIRA, BAIRRO BOM RETIRO E DAS SEGUINTES RUAS DO BAIRRO SÃO JOÃO: RUA JOSÉ ZEZÍLIA, RUA AUGUSTO GAUGLITZ, RUA VEREADOR AÉCIO GAUGLITZ (DO CAMPO DE FUTEBOL ATÉ O FINAL DA ESTRADA DO BOM RETIRO), RUA SANTINA FLÓRIDO ADRIÃO, RUA FERNANDO CLEMENTE ZANELLA E RUA ITAPOAN DE SOUZA.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Wagner Bento da Costa, Arnaldo Roquete, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SOLICITE AO DEPARTAMENTO DE ESTRADAS DE RODAGEM (DER), POR MEIO DE SEU SUPERINTENDENTE O EXMO. SR. ARMANDO COSTA FERREIRA, A NECESSIDADE DE SE REALIZAR OBRAS PARA ALARGAMENTO DO PASSEIO DE AMBOS OS LADOS DA PONTE SOBRE RIO PARIQUERA-AÇU LOCALIZADA NA RODOVIA SP-226. </t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROVIDENCIE A TROCA DO ABRIGO PARA PASSAGEIROS DE ÔNIBUS LOCALIZADO EM FRENTE A IGREJA CATÓLICA NO BAIRRO CONCHAL.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A NECESSIDADE DE REPINTAR AS FAIXAS DE PEDESTRES DA AV. DR. CARLOS BOTELHO, NO CENTRO DA CIDADE. </t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Eliel Coppi, Ezequiel de Lima Júnior</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE REALIZE ESTUDOS COM SUA EQUIPE TÉCNICA, VISANDO A POSSIBILIDADE DE CONSTRUIR UMA PONTE LIGANDO A RUA VIRGÍLIO ZANELLA COM A AVENIDA IVO ZANELLA.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE PROMOVER ESTUDOS JUNTO AO DEPARTAMENTO DE OBRAS DESSA PREFEITURA MUNICIPAL, VISANDO EFETUAR O LEVANTAMENTO DO LEITO CARROÇAVEL E ALGUMAS DRENAGENS NA ESTRADA SENTIDO "CASA DE PEDRA", DO TRECHO DA PROPRIEDADE DO SR. ZETINHO DE LIMA ATÉ A CASA DO SR. AFRO BAHIA.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE ELABORE UM CRONOGRAMA DAS RUAS A SEREM ASFALTADAS E INICIE A COLOCAÇÃO DAS GUIAS (MEIO-FIO) E SARJETAS, UTILIZANDO A MÁQUINA EXTRUSORA DE GUIAS.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE MANDAR EXECUTAR OS SERVIÇOS DE ROÇADA E LIMPEZA NO CÓRREGO QUE PASSA AO LADO DA CRECHE DA VILA SÃO JOÃO.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE INSTALAÇÃO DE PLACA INDICATIVA DE PARADA DE ÔNIBUS EM FRENTE O H.R.L.B. - HOSPITAL REGIONAL LEOPOLDO BEVILACQUA E FAZER O REBAIXAMENTO DAS GUIAS DO CALÇAMENTO DA ENTRADA E SAÍDA  DO AME- AMBULATÓRIO MÉDICO DE ESPECIALIDADES.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA A NECESSIDADE DE IMPLANTAR NOS ÔNIBUS DA PRÓPRIA MUNICIPALIDADE OS SERVIÇOS DE MONITORES.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE REALIZE ESTUDOS JUNTO A SUA EQUIPE TÉCNICA, VISANDO AS SEGUINTES MELHORIAS NO ENTORNO DA PISTA DE SKATE DO MUNICÍPIO:_x000D_
 A.) CONSTRUÇÃO DE UMA MURETA DE PROTEÇÃO;_x000D_
 B.) INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA VIA QUE PASSA EM FRENTE DO LOCAL;_x000D_
 C.) ROÇADA PERIÓDICA NO ENTORNO DA PISTA DE SKATE;_x000D_
 D.) INSTALAÇÃO DE UMA PLACA DE INFORMAÇÃO, ALERTANDO OS PRATICANTES DESTE ESPORTE SOBRE OS CUIDADOS E EQUIPAMENTOS NECESSÁRIOS PARA SUA PROTEÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE SE FAZER COM URGÊNCIA TRABALHOS DE PATROLAMENTO E CASCALHAMENTO NAS ESTRADAS DOS BAIRROS CONCHAL I E II.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SEJA PROVIDENCIADO A EDIÇÃO DE PROJETO DE LEI PARA ESPECIFICAR AS SITUAÇÕES SINGULARES PREVISTAS NO ARTIGO 7º DA LEI MUNICIPAL Nº 589 DE 19 DE DEZEMBRO DE 2014, NOS SEGUINTES TERMOS:_x000D_
 1.) NAS ÁREAS EM QUE OCORREM ENCHENTES, FICAM OS MORADORES ISENTOS DO PAGAMENTO DO IPTU._x000D_
 2.) MORADORES DE LOCAIS ONDE OCORREM FEIRAS LIVRES, FESTA DA PADROEIRA, E DEMAIS EVENTOS, SEJAM BENEFICIADOS COM O FATOR REDUTOR MAIOR DO PREVISTO NO PARÁGRAFO 1º DO ARTIGO 3º, POSSIBILITANDO, ASSIM, DESCONTO NO VALOR FINAL DO IPTU._x000D_
 </t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE SEJAM TOMADAS PROVIDÊNCIAS LEGAIS URGENTES PARA VIABILIZAR A REFORMA DA CANCHA HÍPICA, TORNANDO PROPÍCIA A UTILIZAÇÃO DAQUELE LOCAL, AINDA ESTE ANO, PARA A REALIZAÇÃO DE PROVAS DE LAÇO E TAMBOR POR PARTE DOS ADEPTOS DESTE ESPORTE QUE, ALÉM DE SER UMA ATIVIDADE DE LAZER, GERA BENEFÍCIOS À SAÚDE DE SEUS PRATICANTES E AINDA, PROMOVE A GERAÇÃO DE RENDA AOS COMERCIANTES LOCAIS NOS PERÍODOS EM QUE OCORREM TAIS EVENTOS.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE EFETUAR SERVIÇOS DE PATROLAMENTO NA ESTRADA QUE PASSA NO BAIRRO CONCHAL, ALAMEDA PETROPEN ATÉ A FAZENDA "ROBERTÃO".</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE EFETUAR SERVIÇO DE ROÇADA NAS RUAS DOS BAIRROS JARDIM ALVORADA E CLEMENTINA, COMO TAMBÉM NAS LATERAIS DO CAMPO DE FUTEBOL DESTA VILA.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DA CONSTRUÇÃO DE UM ABRIGO NO PONTO DE ESTACIONAMENTO DE TÁXI Nº 5, LOCALIZADO NA RODOVIÁRIA DA CIDADE.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE REALIZAR SERVIÇOS DE PATROLAGEM E CASCALHAMENTO NAS RUAS E ESTRADAS ABAIXO RELACIONADAS:_x000D_
 A) TRECHO DA ESTRADA DO BAIRRO SIMBIÚVA QUE LIGA AO BAIRRO CONCHAL II;_x000D_
 B) ESTRADA DO SIMBIÚVA QUE LIGA AO BAIRRO TREZE DE MAIO;_x000D_
 C) ESTRADA DO SIMBIÚVA QUE LIGA À RODOVIA SP- 459/230, LARANJEIRINHA;_x000D_
 D) RUAS ÂNGELO PONSONI E FERRUCIO PADOVAN, NO BAIRRO JARDIM DAS ACÁCIAS;_x000D_
 E) RUAS RAUL PACHECO FERNANDES E PEDRO ANDRELINO MARTINS, NO BAIRRO JARDIM SÃO CARLOS;_x000D_
 F) RUAS ORLANDO JOSÉ PONSONI, PROFESSOR EDGAR SANTOS DE OLIVEIRA E HONÓRIO FERREIRA DE PAULO, NO BAIRRO JARDIM ALVORADA.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE EFETUAR O SERVIÇO DE ROÇADA DAS MARGENS DO RIO TURVO NO PERÍMETRO URBANO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A NECESSIDADE DE REALIZAR A PINTURA DA SINALIZAÇÃO HORIZONTAL (FAIXA AMARELA) DELIMITADORA DOS PONTOS DE PARADA DE ÔNIBUS, LOCALIZADOS EM FRENTE AO HOSPITAL DR. LEOPOLDO BEVILACQUA E DO A.M.E. </t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROVIDENCIE A REFORMA DO ABRIGO DO PONTO DE ESTACIONAMENTO DE TÁXI Nº 02, LOCALIZADO EM FRENTE AO CORETO DA PRAÇA.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE REALIZE ESTUDOS COM SUA EQUIPE TÉCNICA E CRIE REGRAS DISCIPLINANDO E ORGANIZANDO O ESTACIONAMENTO DE VEÍCULOS NA AV. DR. CARLOS BOTELHO, OBJETIVANDO:_x000D_
 A.) A OCUPAÇÃO ADEQUADA DO ESPAÇO FÍSICO NA AVENIDA, DEMARCANDO VAGAS DE ESTACIONAMENTO PARA VEÍCULOS;_x000D_
 B.) A CRIAÇÃO DE VAGAS EXCLUSIVAS PARA MOTOCICLETAS;_x000D_
 C.) A CRIAÇÃO DE VAGAS PARA IDOSOS E PESSOAS COM DEFICIÊNCIA;_x000D_
 D.) O ESTABELECIMENTO DE REGRAS PARA ESTACIONAMENTO DE CAMINHÕES PARA CARGA E DESCARGA DE MERCADORIAS.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE TOME PROVIDÊNCIAS JUNTO A SUA EQUIPE TÉCNICA, VISANDO REALIZAR O SERVIÇO DE LIMPEZA PÚBLICA (VARRIÇÃO DE RUAS) NA AVENIDA DR. CARLOS BOTELHO.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE EFETUAR SERVIÇO DE ROÇADA ÀS MARGENS DO RIO TURVO, QUE VAI DESDE O "LAVADOR DO BOCANHA", ATÉ O FINAL DA ENCOSTA DO RIO PARIQUERA-AÇU.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE PATROLAMENTO E CASCALHAMENTO NAS RUAS DOS BAIRROS JARDIM ALVORADA E VILA CLEMENTINA.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SOLICITE AO SETOR MUNICIPAL DE OBRAS ESTUDOS PARA EXECUÇÃO DO SERVIÇO DE CANALIZAÇÃO DO CÓRREGO QUE PASSA EM FRENTE À CRECHE MUNICIPAL DA VILA SÃO JOÃO, QUE FICA LOCALIZADA ENTRE AS RUAS SANTINA FLÓRIDO ADRIÃO E BERNADINO DE RAMOS. </t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/133/133_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE CASCALHAR E PATROLAR A ESTRADA DO BAIRRO VAPAMIRIM QUE LIGA A RODOVIA ABÍLIO PREVIDI, DA CASA DO SR. MILIANO ATÉ O SÍTIO FUDALIS TRAVESSA A SP-226 E DO SÍTIO DO SR. BENEDITO ANOROZZO ATÉ O SÍTIO DO &amp;#8220;BOCANHA&amp;#8221;.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE REPAROS DE NIVELAMENTO NAS RUAS ONDE POSSUEM BLOQUETES, SENDO AS PRINCIPAIS, RUA ROMEU MONTI, RUA DOS EXPEDICIONÁRIOS, EM FRENTE AO H.R.L.B, RUA CASEMIRO LINO VIEIRA, RUA PEDRO BONNE E AVENIDA DR. FERNANDO COSTA.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE MANDE PATROLAR TODAS AS RUAS DAS VILAS SÃO JOÃO E PALMIRA.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROVIDENCIE A INSTALAÇÃO DE LUMINÁRIAS NA TRAVESSA 1 DA ALAMEDA PETROPEN, NO BAIRRO CONCHAL.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/203/203_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE INSTALAR UMA LINHA DE TUBOS NA VALA LOCALIZADA NA RUA JOÃO GAUGLITZ, NA VILA SÃO JOÃO EM FRENTE DO BAR ESPERANÇA.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/204/204_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROVIDENCIE A INSTALAÇÃO DE LUMINÁRIAS NOS POSTES LOCALIZADOS NA RUA TRÊS, NO BAIRRO ANGATUBA.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/205/205_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE GESTÃO JUNTO AO DEPARTAMENTO DE OBRAS DO NOSSO MUNICÍPIO, NO SENTIDO DE EFETUAR O REBAIXAMENTO DAS GUIAS DE ACESSO DAS CALÇADAS PARA A PISTA DE ROLAMENTO E VICE VERSA, COMO TAMBÉM  REPARO NOS DESNÍVEIS EXISTENTES NAS CALÇADAS QUE SE ENCONTRAM AO LONGO DA AVENIDA DR. CARLOS BOTELHO, CENTRO DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/206/206_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A NECESSIDADE DE INSTALAÇÃO DE LOMBADAS NAS SEGUINTES RUAS:_x000D_
 A) RUA DAVI MENDES JÚNIOR, EM FRENTE O COMÉRCIO "DÚ MORAES";_x000D_
 B) RUA SETE DE SETEMBRO, EM FRENTE A CASA DO SR. ANTONIO SCHIMIDT E DO COMÉRCIO DO SR. JURANDIR;_x000D_
 C) RUA XV DE NOVEMBRO, EM FRENTE A CASA DO SR. WILSON SZOT E EM FRENTE A RODOVIÁRIA._x000D_
 </t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/209/209_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE PATROLAMENTO E CASCALHAMENTO NAS RUAS AÉCIO GAUGLITZ, FERNANDO CLEMENTE ZANELLA E DEMAIS RUAS DA VILA SÃO JOÃO.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/210/210_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROVIDENCIE AUTORIZAÇÃO JUNTO AO DER (DEPARTAMENTO DE ESTRADAS DE RODAGEM) E INSTALE UM ABRIGO DE PASSAGEIROS DO TRANSPORTE COLETIVO NA RODOVIA SP-226, NA ENTRADA DA ESTRADA ITAPAMIRIM SENTIDO AO SÍTIO DO SR. EMILIANO.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/211/211_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE REALIZE ESTUDOS COM SUA EQUIPE TÉCNICA, VISANDO DAR A DENOMINAÇÃO DE RUA AÉCIO GAUGLITZ, PARA TODA EXTENSÃO DA VIA QUE VAI DO BAR DO SR. JAQUES ATÉ A CASA DA PROFESSORA GENI DE OLIVEIRA.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/213/213_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROMOVA ESTUDOS COM SUA EQUIPE TÉCNICA, VISANDO OFERECER À POPULAÇÃO DE PARIQUERA-AÇU OS SERVIÇOS DE TRANSPORTE COLETIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/214/214_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROVIDENCIE A INSTALAÇÃO DE UMA LINHA DE TUBOS NA VALA LOCALIZADA A RUA BEZERRA DE MENEZES, ESQUINA COM A RUA SANTA INÊS, NA VILA CLEMENTINA, COMO TAMBÉM REALIZE A SUBSTITUIÇÃO DOS TUBOS EXISTENTES EM PARTES DA REFERIDA VALA POR OUTROS DE MAIOR DIÂMETRO.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>Wagner Bento da Costa, Arnaldo Roquete, Luizinho, Sebastião Assunção</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/216/216_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE PROMOVA ESTUDOS JUNTO AOS SEUS DEPARTAMENTOS COMPETENTES, VISANDO REALIZAR O SERVIÇO DE CANALIZAÇÃO DE VALAS DAS SEGUINTES LOCALIDADES:_x000D_
 &amp;#8226;EM FRENTE À IGREJA ASSEMBLEIA DE DEUS (MINISTÉRIO DE SANTOS) NO BAIRRO CONCHAL II;_x000D_
 &amp;#8226;NA RUA RAUL BENEDITO PACHECO FERNANDES, NO BAIRRO JARDIM SÃO CARLOS (CASA DO SR. ADILSON ATÉ O RIO JURUBATUBA);_x000D_
 &amp;#8226;RUA ORLANDO JOSÉ PONSONI EM FRENTE À RESIDÊNCIA DE NÚMERO 340, NO BAIRRO JARDIM ALVORADA._x000D_
 </t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/217/217_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A NECESSIDADE DE PATROLAMENTO E CASCALHAMENTO NA ESTRADA QUE LIGA O BAIRRO SIMBIÚVA, DA PROPRIEDADE DO SR. ZILDO WACH ATÉ A SAÍDA DO BAIRRO ANGATUBA E DA PROPRIEDADE DA FAMÍLIA BRITO ATÉ O SÍTIO DO SR. CARLITO MACHADO._x000D_
 </t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>Wagner Bento da Costa, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/218/218_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE GESTÃO JUNTO AO DEPARTAMENTO COMPETENTE, VISANDO ESTUDOS PARA A INSTALAÇÃO DE UMA REDE DE PROTEÇÃO ATRÁS DAS TRAVES DO CAMPO DE FUTEBOL DA VILA CLEMENTINA.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/219/219_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE GESTÃO JUNTO AO DEPARTAMENTO MUNICIPAL DE OBRAS, NO SENTIDO DE COLOCAÇÃO DE DUAS TAMPAS NAS &amp;#8220;BOCAS DE LOBO&amp;#8221; LOCALIZADAS NA RUA JOÃO TOBIAS FILHO, ESQUINA COM A RUA DAVI MENDES JÚNIOR, VILA DÉBORA E NA RUA SÃO PAULO, ESQUINA COM A RUA ANTÔNIO KOTOSKI, VILA MARIA.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/220/220_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROMOVA ESTUDOS JUNTO A SUA EQUIPE TÉCNICA, VISANDO A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO PÁTIO DA POUSADA DA VILA PALMIRA.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t xml:space="preserve">Edson da Jonil, Paulo Roberto Mendes </t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/226/226_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROVIDENCIE UMA AUTORIZAÇÃO JUNTO A CONCESSIONÁRIA QUE ADMINISTRA A RODOVIA RÉGIS BITTENCOURT (AUTOPISTA RÉGIS BITTENCOURT/ARTERIS) E INSTALE UM ABRIGO DE PASSAGEIROS DO TRANSPORTE COLETIVO NAS PROXIMIDADES DO KM-458 DA BR-116, NA PISTA SENTIDO SÃO PAULO/CURITIBA, EM FRENTE AO BAR DO SR. ADRIANO.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/229/229_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE GESTÃO JUNTO AO DEPARTAMENTO MUNICIPAL DE OBRAS, VISANDO A INSTALAÇÃO DE TUBOS DE 0,80 CM DE DIÂMETRO NA VALA EXISTENTE NA ESQUINA ENTRE AS RUA MIGUEL BERTOLDO E CÍLIO ZANELLA, EM FRENTE A PROPRIEDADE DO SR. PAULO BERTOLLI, NA VILA CLEMENTINA.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/230/230_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE PATROLAMENTO E CASCALHAMENTO NA ESTRADA QUE LIGA O SÍTIO &amp;#8220;SETE IRMÃOS&amp;#8221;, DA FAMÍLIA PARDINHO, ATÉ A ANTIGA FAZENDA ROBERTÃO, HOJE DE PROPRIEDADE DA FAZENDA SABRINA, NO BAIRRO SIMBIÚVA.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/231/231_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE PROVIDENCIE JUNTO AO DEPARTAMENTO DE OBRAS OS SEGUINTES SERVIÇOS NA ESCOLA MUNICIPAL MANUEL JOSÉ MARTINS, DO BAIRRO CONCHAL:_x000D_
 &amp;#8226; CONSTRUÇÃO DE UM RESERVATÓRIO DE ÁGUA;_x000D_
 &amp;#8226; REFORMA DO TELHADO COM A INSTALAÇÃO DE ISOLANTE TÉRMICO NAS SALAS DE AULAS;_x000D_
 &amp;#8226; PLANTIO DE ÁRVORES NAS LATERAIS DAS SALAS, PARA CRIAR UMA BARREIRA NATURAL CONTRA OS RAIOS SOLARES;_x000D_
 &amp;#8226; MANUTENÇÃO DOS VENTILADORES E BEBEDOUROS._x000D_
 </t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/239/239_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE REBAIXAMENTO E PINTURA DAS LOMBADAS DA RUA CILIO ZANELLA, NA VILA CLEMENTINA.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE MANDE REALIZAR OS SERVIÇOS DE ROÇADA E LIMPEZA NA VALA LOCALIZADA NO FINAL DA RUA AÉCIO GAUGLITZ, NA VILA PALMIRA.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>Wagner Bento da Costa, Sebastião Assunção</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE GESTÃO JUNTO AO DEPARTAMENTO COMPETENTE, VISANDO ESTUDOS PARA A INSTALAÇÃO DE PONTOS DE ILUMINAÇÃO NO BAIRRO NOVA CREMONA, SENDO DOIS (02) PONTOS EM FRENTE A          ETA &amp;#8211; ESTAÇÃO DE TRATAMENTO DE ÁGUA DA SABESP, PRÓXIMO A PONTE DO RIO GRACIOLLI E UM (01) PONTO EM FRENTE À RESIDÊNCIA DA SRA. JHENIFER.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROMOVA ESTUDOS JUNTO AO DEPARTAMENTO COMPETENTE E DÊ A DENOMINAÇÃO DE &amp;#8220;UBS MARIA ISABEL DA SILVA MELCHER&amp;#8221; AO NOVO UBS QUE ESTÁ SENDO CONSTRUÍDO PRÓXIMO À RODOVIÁRIA.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/252/252_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE REALIZE ESTUDOS JUNTO AO DEPARTAMENTO MUNICIPAL DE SAÚDE, VISANDO A POSSIBILIDADE DE IMPLANTAR NAS UBS E PSF DO MUNICÍPIO O SISTEMA DE PRONTUÁRIO ELETRÔNICO DO CIDADÃO.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/255/255_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A NECESSIDADE DE FORNECER AOS AGENTES DE SAÚDE DO MUNICÍPIO, OS SEGUINTES ACESSÓRIOS:_x000D_
 &amp;#61692; PROTETOR SOLAR;_x000D_
 &amp;#61692; BONÉ;_x000D_
 &amp;#61692; MOCHILA;_x000D_
 &amp;#61692; UNIFORME._x000D_
 </t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/256/256_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR AOS AGENTES COMUNITÁRIOS DE SAÚDE DO NOSSO MUNICÍPIO, TABLETS PARA QUE SEJAM UTILIZADOS DURANTE AS VISITAS DOMICILIARES.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A NECESSIDADE DE DISPONIBILIZAR PROTETOR SOLAR AOS SERVIDORES PÚBLICOS MUNICIPAIS QUE EXERCEM SUAS FUNÇÕES EXPOSTOS À RADIAÇÃO SOLAR. </t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROMOVA ESTUDOS JUNTO AOS DEPARTAMENTOS COMPETENTES NO SENTIDO DE ENVIAR À ESTÁ CÂMARA MUNICIPAL, PROJETO DE LEI CRIANDO O PROGRAMA &amp;#8220;A ESCOLA É NOSSA&amp;#8221;, COM ATIVIDADES CULTURAIS, EDUCATIVAS E DESPORTIVAS, NAS ESCOLAS ONDE EXISTIA O PROGRAMA ESCOLA DA FAMÍLIA MUNICIPAL.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE SUBSTITUIR OS CANOS QUE SERVEM DE CORRIMÃO (GUARDA CORPOS) NA PONTE LOCALIZADA NO CRUZAMENTO ENTRE A AVENIDA DR. CARLOS BOTELHO COM A RUA DOS EXPEDICIONÁRIOS.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE REALIZE ESTUDOS JUNTO A SUA EQUIPE TÉCNICA, VISANDO PROMOVER ADEQUAÇÕES E MELHORIAS DAS INSTALAÇÕES ESPORTIVAS DA QUADRA DA ESCOLA MUNICIPAL DO BOA VISTA E DO CAMPO E QUADRA DA ESCOLA MUNICIPAL DO BAIRRO SENADOR DANTAS.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/274/274_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE MANILHAR AS MARGENS DA RUA JOÃO GAUGLITZ COM A RUA OLEGÁRIO MACHADO, FRENTE AO Nº 200, AO LADO DO Nº 185, NA VILA SÃO JOÃO.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/280/280_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DA INSTALAÇÃO DE UMA LINHA DE TUBOS NA VALA LOCALIZADA NA RUA ORLANDO JOSÉ PONSONI, NAS PROXIMIDADES DO NÚMERO 400, NO JARDIM ALVORADA.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/281/281_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE REALIZAR A LIMPEZA E REPAROS NA RUA CÍLIO ZANELLA, PRÓXIMA A ENTRADA DO JARDIM ALVORADA, EM VIRTUDE DO DESBARRANCAMENTO DAS LATERAIS.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/284/284_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE PATROLAMENTO NAS RUAS LUIZ LOBO FILHO E CARLOS AGOSTINHO BETTIM, NA VILA SÃO JOÃO.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/285/285_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE REGULARIZAÇÃO E PADRONIZAÇÃO DA NUMERAÇÃO DOS IMÓVEIS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/286/286_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE PATROLAMENTO E CASCALHAMENTO NAS SEGUINTES RUAS DO BAIRRO SÃO JOÃO: MARCELO KOSIKOSKI, OLEGÁRIO MACHADO, JOÃO GAUGLITZ, JOSÉ ZEZÍLIA, LUIZ ZANELLA, ITAPOAN DE SOUZA, FERNANDO CLEMENTE ZANELLA, NO MORRO DA RUA GIANINNO BERTAZONI, TRECHO DA RUA SANTINA FLÓRIDO ADRIÃO E NO FINAL DA RUA VEREADOR AÉCIO GAUGLITZ, ANTIGA ESTRADA DO BOM RETIRO.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/288/288_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE CONSTRUIR UM ESTACIONAMENTO PARA MOTOS, NAS PROXIMIDADES DA ROTATÓRIA DO KM 458 DA BR- 116, AO LADO DA CASA DO SR. ADRIANO.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/292/292_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE PINTURA DAS FAIXAS DE PEDESTRES, LOCALIZADAS NA AVENIDA DR. CARLOS BOTELHO.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/295/295_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROVIDENCIE A SUBSTITUIÇÃO DOS TUBOS LOCALIZADOS NA RUA JOÃO BATISTA BARDUCO, Nº 052, NA VILA PALMIRA, EM FRENTE À CASA DA SENHORA MARIA ODÍLIA RODRIGUES.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE GESTÃO JUNTO AO DEPARTAMENTO MUNICIPAL DE OBRAS, VISANDO A EXECUÇÃO DE SERVIÇO DE CASCALHAMENTO E PATROLAMENTO NAS RUAS DO BAIRRO VILA SÃO JOÃO.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE REALIZAR UM MUTIRÃO DE LIMPEZA NOS BAIRROS DE NOSSO MUNICÍPIO, OBJETIVANDO O COMBATE A PROLIFERAÇÃO DO MOSQUITO AEDES AEGYPTI, COM VISTORIAS EM RESIDÊNCIAS, LIMPEZA DOS RIOS E VALAS E CAMPANHA PUBLICITÁRIA.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/303/303_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE DISPONIBILIZE A EMISSÃO DE CERTIDÕES NEGATIVAS DA FAZENDA MUNICIPAL DIRETAMENTE NO SÍTIO DO PORTAL DO MUNICÍPIO E SEM COBRANÇA DE QUALQUER TIPO DE TAXA, A EXEMPLO DO QUE JÁ VEM SENDO FEITO PELA FAZENDA DO ESTADO DE SÃO PAULO, FAZENDA FEDERAL E MUNICÍPIOS DA REGIÃO._x000D_
 </t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Sebastião Assunção</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE REALIZE ESTUDOS COM SUA EQUIPE TÉCNICA E DÊ A DENOMINAÇÃO &amp;#8220;CENTRO COMUNITÁRIO DE PARIQUERA-AÇU SR. JOSÉ MUNIZ PINTO&amp;#8221; AO PRÉDIO DO CECOPA LOCALIZADO NA RUA ROMEU MONTI, NA REGIÃO CENTRAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/305/305_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ATRAVÉS DO DEPARTAMENTO DE EDUCAÇÃO FAÇA GESTÃO JUNTO AO DETRAN/SP, PARA QUE O MUNICÍPIO SEJA INSERIDO AO PROGRAMA CLUBE BEM-TE-VI.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.doc</t>
   </si>
   <si>
     <t>A NECESSIDADE DE INSTALAÇÃO DE 3 TUBOS DE 0,60 CM NA ESTRADA QUE LIGA O BAIRRO SENADOR DANTAS AO BAIRRO BOA VISTA, EM FRENTE À RESIDÊNCIA DO SR. DANISLAU FELIPE, PRÓXIMO AO COMÉRCIO DO &amp;#8220;JECO&amp;#8221;.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. DEPUTADO ESTADUAL, ANDRÉ DO PRADO, PARA QUE VIABILIZE JUNTO AO GOVERNO DO ESTADO E/OU GOVERNO FEDERAL, VERBA PARA AQUISIÇÃO DE 02 (DUAS) AMBULÂNCIAS DE RESGATE A SEREM DESTINADAS AO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO VALE DO RIBEIRA. _x000D_
 SOLICITAM AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS: AO EXMO. SR. PRESIDENTE DO CONSELHO DE PREFEITOS DO CONSAÚDE, MARCO AURÉLIO GOMES DOS SANTOS E AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO ILMO. SR. ROMEU DONIZETE RUFINO, DD. DIRETOR-GERAL DA AGÊNCIA NACIONAL DE ENERGIA ELÉTRICA - ANEEL, PARA QUE SOLICITE À ELEKTRO - ELETRICIDADE E SERVIÇOS S/A, PERMISSIONÁRIA DE SERVIÇO DE ILUMINAÇÃO NO VALE DO RIBEIRA, O CUMPRIMENTO DOS TERMOS DO § 6º DO ARTIGO 218 DA RESOLUÇÃO NORMATIVA Nº 414/2010 DA ANEEL (CONDIÇÕES GERAIS DE FORNECIMENTO DE ENERGIA), COM A REDAÇÃO DADA PELA RESOLUÇÃO NORMATIVA Nº 587/2013, ONDE PRESSUPÕE QUE OS ATIVOS IMOBILIZADOS EM SERVIÇO A SEREM TRANSFERIDOS AOS MUNICÍPIOS DEVAM SE ENCONTRAR EM CONDIÇÕES DE OPERAÇÃO EM CONFORMIDADE COM AS NORMAS E PADRÕES DISPONIBILIZADOS PELA DISTRIBUIDORA E PELOS ÓRGÃOS COMPETENTES (ABNT - ASSOCIAÇÃO BRASILEIRA DE NORMAS TÉCNICAS)._x000D_
 * RELATÓRIO EM ANEXO._x000D_
 SOLICITO AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENCAMINHADAS AO EXMO. SR. MINISTRO DE MINAS E ENERGIA, EDUARDO BRAGA E AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. JOSÉ CARLOS SILVA PINTO, DD. PREFEITO MUNICIPAL, PARA QUE VIABILIZE, JUNTO AO CONSELHO DE PREFEITOS DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO VALE DO RIBEIRA - CONSAÚDE, VERBA PARA CUSTEAR BOLSAS DE ESTUDO PARA ALUNOS DO MUNICÍPIO E DA REGIÃO NO CURSO TÉCNICO DE SAÚDE DO CENTRO DE FORMAÇÃO DE RECURSOS HUMANOS DE PARIQUERA-AÇU - CEFORH. O VALOR TOTAL DO CURSO PARA 35 (TRINTA E CINCO) ALUNOS É DE R$ 267.672,00 (DUZENTOS E SESSENTA E SETE MIL, SEISCENTOS E SETENTA E DOIS REAIS), OU APROXIMADAMENTE R$ 10.295,00 (DEZ MIL, DUZENTOS E NOVENTA E CINCO REAIS) PARA CADA ENTE CONSORCIADO À AUTARQUIA. EM ANEXO ESTÃO CÓPIAS DE PLANILHAS DE CUSTOS DETALHADOS DO PROJETO E RELATÓRIO DETALHADO DE FILHOS DE SERVIDORES DO HOSPITAL REGIONAL DR. LEOPOLDO BEVILACQUA QUE MANIFESTARAM INTERESSE PELAS VAGAS. CASO TAL MEDIDA NÃO SEJA VIÁVEL DO PONTO DE VISTA ECONÔMICO-ORÇAMENTÁRIO, SEJA PROPOSTO AO CONSELHO DE PREFEITOS QUE ENCAMINHEM OFÍCIO À SECRETARIA DE ESTADO DA SAÚDE QUESTIONANDO O INJUSTIFICÁVEL CRITÉRIO UTILIZADO PARA CONCESSÃO DAS REFERIDAS BOLSAS SOMENTE PARA FILHOS DE SERVIDORES PÚBLICOS ESTADUAIS. _x000D_
 SOLICITO AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO EXMO. SR. VICE-GOVERNADOR DO ESTADO DE SÃO PAULO, MÁRCIO FRANÇA, AO EXMO. SR. PRESIDENTE DO CONSELHO DE PREFEITOS DO CONSAÚDE, MARCO AURÉLIO GOMES DOS SANTOS PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>Wagner Bento da Costa, Arnaldo Roquete, Ezequiel de Lima Júnior, Júlio Haddad, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APELO PARA O FIM DE SOLICITAR AO EXMO. SR. GOVERNADOR DO ESTADO DE SÃO PAULO; GERALDO ALCKIMIN, À SECRETARIA DE LOGÍSTICA E TRANSPORTE DO ESTADO DE SÃO PAULO, AO CODIVAR E À AGENCIA REGULADORA DE TRANSPORTE DO ESTADO DE SÃO PAULO - ARTESP, CADA UM DOS MENCIONADOS, DENTRO DE SUAS ATRIBUIÇÕES LEGAIS, PARA QUE PROMOVAM O CUMPRIMENTO DO DISPOSTO NOS ARTIGOS 38 E 39 DO DECRETO PRESIDENCIAL Nº 5.296, DE 02 DE DEZEMBRO DE 2004 (CÓPIA EM ANEXO), QUE REGULAMENTA AS LEIS Nº.S 10.048/2000 E 10.098/2000. 			_x000D_
 SOLICITAMOS, AINDA, SEJAM ENCAMINHADAS CÓPIAS DA PRESENTE MOÇÃO AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO E À TODAS AS CÂMARAS MUNICIPAIS DO VALE DO RIBEIRA, PARA CIÊNCIA E APOIO AO SOLICITADO. </t>
   </si>
   <si>
     <t>Paulo Roberto Mendes , Edson da Jonil, Júlio Haddad</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SENHOR GOVERNADOR DO ESTADO DE SÃO PAULO, DR. GERALDO JOSÉ RODRIGUES ALCKMIN FILHO À FIM DE QUE SEJAM DISPONIBILIZADOS EM CARÁTER EMERGENCIAL UM NÚMERO MAIOR, ESTE NECESSÁRIO, DE EDUCADORES UNIVERSITÁRIOS PARA AS ESCOLAS DO NOSSO MUNICÍPIO: EMEIF. BAIRRO BOA VISTA, EMEIF. MANOEL JOSÉ MARTINS, EMEIF. PROF. MOACIR PINTO SANTIAGO E EMEIF. PROF. SIDNEI EGYDIO CONCEIÇÃO DE MEDEIROS._x000D_
 SOLICITAMOS AINDA, SEJAM ENVIADAS CÓPIAS DA PRESENTE PROPOSITURA AO EXMO. SR. SECRETÁRIO ESTADUAL DA EDUCAÇÃO, HERMAN JACOBUS CORNELIS VOORWALD, AO EXMO SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, AO EXMO. SR. DIRIGENTE REGIONAL DE ENSINO REGIÃO DE REGISTRO, GABRIEL MARCOS SPÍNULA E A ILMA. SRA. DIRETORA DE DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO MARIA ALAÍDES CALDEIRA SALES.</t>
   </si>
   <si>
     <t>Eliel Coppi, Arnaldo Roquete, Edson da Jonil, Ezequiel de Lima Júnior, Júlio Haddad, Luizinho, Paulo Roberto Mendes , Sebastião Assunção, Wagner Bento da Costa</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO JOVEM THOMAZ RODRIGUES ALCKMIN, FILHO DO EXMO. SR. GOVERNADOR DO ESTADO DE SÃO PAULO, DR. GERALDO JOSÉ RODRIGUES ALCKMIN FILHO, OCORRIDO NO DIA 02 DE ABRIL DE 2015.</t>
   </si>
   <si>
     <t>Sebastião Assunção, Júlio Haddad</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA QUE SEJA VIABILIZADA A CONSTRUÇÃO DE UM PAVILHÃO JAPONÊS NO CENTRO DE EVENTOS DE PARIQUERA-AÇU, PARA USO EXCLUSIVO DA ASSOCIAÇÃO NIPO-BRASILEIRA DE PARIQUERA-AÇU (ANB)._x000D_
 SOLICITAMOS AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA A ASSOCIAÇÃO NIPO-BRASILEIRA DE PARIQUERA-AÇU (ANB), PARA CIÊNCIA.</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILMO. SR. CHARLES ROBERTO RAMALHO, GERENTE DA REDE GRAAL - PETROPEN, PELA REALIZAÇÃO DO TORNEIO DE FUTSAL, QUE REUNIU ADOLESCENTES DOS BAIRROS DE NOSSO MUNICÍPIO, NO DIA 12/04/2015 NA QUADRA ESPORTIVA DA REDE GRAAL.</t>
   </si>
   <si>
     <t>Ezequiel de Lima Júnior, Arnaldo Roquete, Edson da Jonil, Eliel Coppi, Júlio Haddad, Luizinho, Paulo Roberto Mendes , Sebastião Assunção, Wagner Bento da Costa</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA WILMA CUGLER VASSÃO, OCORRIDO NO DIA 10 DE MARÇO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>Wagner Bento da Costa, Eliel Coppi</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE REPÚDIO AO PROJETO DE LEI Nº 2.154/11, DE AUTORIA DO EXMO. SR. PRESIDENTE DA CÂMARA DOS DEPUTADOS, EDUARDO CUNHA, QUE EXTINGUE A OBRIGATORIEDADE DO EXAME DE ORDEM DOS ADVOGADOS DO BRASIL._x000D_
 SOLICITAMOS AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO EXMO. SR. PRESIDENTE DA 192ª SUBSEÇÃO DA OAB (JACUPIRANGA), HÉLDER AUGUSTO CORDEIRO FERREIRA PIEDADE E AO EXMO. SR. PRESIDENTE DA OAB SÃO PAULO, MARCOS DA COSTA, PARA QUE TOMEM CIÊNCIA. </t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA QUE TOME AS SEGUINTES PROVIDÊNCIAS:_x000D_
 A) REALIZAÇÃO DE NOVA LIMPEZA DE RIOS, VALAS, BUEIROS E LOGRADOUROS PÚBLICOS, NO CENTRO E BAIRROS DO MUNICÍPIO;_x000D_
 B) CONTINUAÇÃO DO MUTIRÃO DE LIMPEZA EM TODA A ZONA URBANA, AVISANDO PREVIAMENTE POR MEIOS DE COMUNICAÇÕES POSSÍVEIS OS PROPRIETÁRIOS, POSSEIROS, LOCATÁRIOS E/OU RESPONSÁVEIS, PARA LIMPEZA DE LOTES, TERRENOS E DEMAIS IMÓVEIS PARTICULARES;_x000D_
 C) DETERMINAR AO DEPARTAMENTO DE SAÚDE QUE, EM PARCERIA COM O DEPARTAMENTO DE OBRAS, INDIQUE OS LOCAIS E PROVIDÊNCIAS MAIS URGENTES, PRIORIZANDO A LIMPEZA DE RIOS, VALAS, BUEIROS E LOGRADOUROS PÚBLICOS, ORIENTANDO E PEDINDO PROVIDÊNCIAS AOS PROPRIETÁRIOS E POSSUIDORES DE IMÓVEIS PARTICULARES, QUANDO A PROVIDÊNCIA ASSIM O EXIGIR;_x000D_
 D) NOS CASOS GRAVES EM QUE HOUVER OMISSÃO OU INÉRCIA DOS PROPRIETÁRIOS/POSSUIDORES DE IMÓVEIS PARA TOMADA DAS PROVIDÊNCIAS, SEJAM COMUNICADAS AS AUTORIDADES COMPETENTES, EM ESPECIAL O PODER JUDICIÁRIO E O MINISTÉRIO PÚBLICO, PARA TOMADA DE PROVIDÊNCIAS URGENTES;_x000D_
 E) QUE A CAMPANHA DE PREVENÇÃO, SEJA REALIZADA COM AMPLA DIVULGAÇÃO, PRINCIPALMENTE UTILIZANDO A RÁDIO COMUNITÁRIA EXISTENTE NO MUNICÍPIO, CONSCIENTIZANDO A POPULAÇÃO COM A REALIZAÇÃO DE PALESTRAS, DIVULGAÇÃO NAS ESCOLAS E ÓRGÃOS PÚBLICOS, E OUTRAS PRÁTICAS DE GÊNERO, COM A MOBILIZAÇÃO DO PODER PÚBLICO E PARTICIPAÇÃO DA POPULAÇÃO NO SENTIDO DE UNIR FORÇAS PARA PREVENIR UMA EPIDEMIA QUE SERIA UM GRANDE PREJUÍZO PARA A POPULAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO AO TRABALHO E AOS ANSEIOS DOS TRABALHADORES DA FUNDAÇÃO ITESP - INSTITUTO DE TERRAS DO ESTADO DE SÃO PAULO._x000D_
 SOLICITO AINDA QUE DESTA MOÇÃO SE DÊ CIÊNCIA AO ILMO. SR. MARCO AURÉLIO PILLA SOUZA, DD. DIRETOR EXECUTIVO DA FUNDAÇÃO ITESP, AO EXMO. SR. ALOISIO DE TOLEDO CÉSAR, DD. SECRETÁRIO DE ESTADO DA JUSTIÇA E DEFESA DA CIDADANIA, AO EXMO. SR. PRESIDENTE DA ALESP, FERNANDO CAPEZ, AO EXMO. SR. JOSÉ GERALDO RODRIGUES ALCKMIN FILHO, DD. GOVERNADOR DO ESTADO DE SÃO PAULO, AOS EXCELENTÍSSIMOS SENHORES DEPUTADOS ESTADUAIS, ANDRÉ DO PRADO, ALEXANDRE PEREIRA, CAIO FRANÇA, CAMPOS MACHADO E RODRIGO MORAES, COMO TAMBÉM AO EXMO. SR. PRESIDENTE DO CODIVAR, LUIZ HENRIQUE KOGA, PARA CONHECIMENTO E POIO À CAUSA DA AFITESP.</t>
   </si>
   <si>
     <t>Júlio Haddad, Eliel Coppi</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, SOLICITANDO SEJAM TOMADAS PROVIDÊNCIAS PARA IMPLANTAÇÃO DO PLANO DE CARREIRA DOS SERVIDORES DO MUNICÍPIO E REAJUSTE DA TABELA DO AUXÍLIO ALIMENTAÇÃO PREVISTA NA LEI MUNICIPAL Nº 352/2009, ALTERADA PELA LEI MUNICIPAL Nº 490/2013, BEM COMO O ENCAMINHAMENTO DE PROJETO DE LEI PARA FINS DE FIXAR A DATA-BASE DA REVISÃO DO RESPECTIVO AUXILIO PARA O MÊS DE MAIO.</t>
   </si>
   <si>
     <t>Wagner Bento da Costa, Arnaldo Roquete, Edson da Jonil, Eliel Coppi, Ezequiel de Lima Júnior, Júlio Haddad, Luizinho, Paulo Roberto Mendes , Sebastião Assunção</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA ALICE DA SILVA BILEZIKDJIAN, OCORRIDO NO DIA 30 DE ABRIL DO CORRENTE ANO.</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA QUE APLIQUE OS RECURSOS ORIUNDOS DO ICMS ECOLÓGICO, EM OBRAS DE PAVIMENTAÇÕES DE RUAS DA NOSSA CIDADE, COMO: RUA MARCELO MARIETO (VILA ROSELY), RUA EMA GIBERTONI E RUA OLEGÁRIO MACHADO (VILA SÃO JOÃO) E RUA JOÃO FLÓRIDO (VILA PALMIRA). </t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APELO AO ILMO. SR. RENATO VILLELA, DD. SECRETÁRIO DA FAZENDA DO ESTADO DE SÃO PAULO, PARA QUE, EM CASO DE APOSENTARIA DOS FUNCIONÁRIOS QUE OCUPAM A UNIDADE DE PRONTO ATENDIMENTO, NA CIDADE DE REGISTRO/SP, SEJAM REMANEJADOS OUTROS SERVIDORES PARA OCUPAREM OS CARGOS EM VACÂNCIA, AFIM DE MANTER O ATENDIMENTO NA REFERIDA UNIDADE._x000D_
 SOLICITAMOS AINDA, SEJAM ENVIADAS CÓPIAS DA PRESENTE PROPOSITURA AO ILMO. SR. JOSÉ AUGUSTO MARTINS, DD. PRESIDENTE DA ASSOCIAÇÃO DOS CONTABILISTAS DO VALE DO RIBEIRA - ACOVALE, AO ILMO. SR. LUIZ HENRIQUE KOGA, DD. PRESIDENTE DO CODIVAR, AO ILMO. SR. EMÍLIO BRUNO, DD. DELEGADO REGIONAL TRIBUTÁRIO -DRT/2, AO EXMO. SR. SAMUEL MOREIRA DA SILVA JÚNIOR, DD. DEPUTADO FEDERAL, ÀS CÂMARAS MUNICIPAIS DE REGISTRO/SP, JACUPIRANGA/SP, IGUAPE/SP, AO ILMO. SR. LEANDRO RICARDO DA SILVA, DD. PRESIDENTE DA 54ª SUBSEÇÃO DA OAB DE REGISTRO, AO ILMO. SR. HELDER AUGUSTO CORDEIRO FERREIRA PIEDADE, DD. PRESIDENTE DA 192ª SUBSEÇÃO DA OAB DE JACUPIRANGA E AO ILMA. SRA. SIMONE MIZUMOTO RIBEIRO SOARES, DD. PRESIDENTE DA 195ª SUBSEÇÃO DA OAB DE IGUAPE, PARA CIÊNCIA E APOIO AO SOLICITADO._x000D_
 </t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA NELI BATISTA GOMES, OCORRIDO NO DIA 14 DE MAIO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA LÉA ZANELLA MARTINS, OCORRIDO NO DIA 23 DE MAIO DO CORRENTE ANO._x000D_
 </t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA ELSA BORGES DE SOUZA, OCORRIDO NO DIA 23 DE MAIO DO CORRENTE ANO._x000D_
 QUE SE DÊ CONHECIMENTO DA PRESENTE AOS SEUS FAMILIARES, ACRESCENTANDO-SE OS NOSSOS SINCEROS SENTIMENTOS, QUE ORA NOS DESPEDIMOS ORANDO DENTRO DOS PRINCÍPIOS CRISTÃOS QUE NORTEIAM OS TRABALHOS DESTA CASA DE LEIS._x000D_
 </t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA QUE REALIZE ESTUDOS COM SUA EQUIPE TÉCNICA, BUSCANDO UMA SOLUÇÃO PARA PROMOVER A EXTENSÃO DA REDE ELÉTRICA E A ILUMINAÇÃO PÚBLICA EM DIVERSOS LOCAIS DO MUNICÍPIO, QUE SOFREM COM A FALTA DESTES SERVIÇOS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/121/121_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR AMARAL SCHIMIDT, OCORRIDO NO DIA 10 DE JUNHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO AOS MANIFESTANTES DA PASSEATA LGBT QUE PROFANARAM PUBLICAMENTE SÍMBOLOS DA FÉ CRISTÃ, CUJO INTUITO PARECE TER SIDO O DE AGREDIR OS ADEPTOS DAQUELA CRENÇA RELIGIOSA, CONDUTA, NÃO CONDIZENTE COM O USO RESPONSÁVEL DA LIBERDADE DEMOCRÁTICA DE EXPRESSÃO._x000D_
 SOLICITO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO EXMO. SR. SENADOR MAGNO MALTA, AO EXMO. SR. DEPUTADO FEDERAL MARCO FELICIANO, AO EXMO. SR. PRESIDENTE DA FRENTE PARLAMENTAR EVANGÉLICA FEDERAL, DEPUTADO JOÃO CAMPOS, AO EXMO. SR. PRESIDENTE DA FRENTE PARLAMENTAR EVANGÉLICA ESTADUAL, DEPUTADO CARLOS CÉZAR E A SUA EXCELÊNCIA REVERENDÍSSIMA DOM SÉRGIO DA ROCHA, PRESIDENTE DA CONFERÊNCIA NACIONAL DOS BISPOS DO BRASIL (CNBB), PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR ALTINO FRANÇA, OCORRIDO NO DIA 15 DE JUNHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA A REALIZAÇÃO DOS SEGUINTES INVESTIMENTOS NO BAIRRO CONCHAL:_x000D_
 A) MANUTENÇÃO DO PRÉDIO DA ESCOLA;_x000D_
 B) REFORMA DA QUADRA DE ESPORTES;_x000D_
 C.) ESTABELECER UM CRONOGRAMA PARA ENTREGA DE UNIFORMES AOS ALUNOS;_x000D_
 D) RETOMADA DO PROGRAMA ESCOLA DA FAMÍLIA NA REFERIDA ESCOLA;_x000D_
 E) TERMINAR A REFORMA DO POSTINHO DE SAÚDE, INTRODUZINDO ATENDIMENTO ODONTOLÓGICO;_x000D_
 F) FIRMAR CONVÊNIO COM O CORREIO, PARA ABERTURA DE UMA AGÊNCIA COMUNITÁRIA DE PRESTAÇÃO DE SERVIÇOS POSTAIS BÁSICOS;_x000D_
 G) CONSERVAÇÃO DAS ESTRADAS;</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Edson da Jonil, Arnaldo Roquete, Eliel Coppi, Ezequiel de Lima Júnior, Júlio Haddad, Luizinho, Paulo Roberto Mendes , Sebastião Assunção, Wagner Bento da Costa</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA MARIA OTÍLIA MODESTO, OCORRIDO NO DIA 15 DE JUNHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/126/126_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR DR. IBHAR MAS FIGUEIREDO, OCORRIDO NO DIA 17 DE JUNHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Júlio Haddad, Arnaldo Roquete, Edson da Jonil, Eliel Coppi, Ezequiel de Lima Júnior, Luizinho, Paulo Roberto Mendes , Sebastião Assunção, Wagner Bento da Costa</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR DR. RUY BARBOSA DE TOLEDO, OCORRIDO NO DIA 17 DE JUNHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA QUE DETERMINE AOS DEPARTAMENTOS COMPETENTES DA PREFEITURA MUNICIPAL A REALIZAÇÃO DE ESTUDOS E AÇÕES OBJETIVANDO A ORGANIZAÇÃO E MELHORIA DA FLUIDEZ DO TRÂNSITO NAS VIAS URBANAS DA NOSSA CIDADE E EM ESPECIAL NA AVENIDA DR. CARLOS BOTELHO. </t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/129/129_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA QUE DETERMINE JUNTO AO SEU DEPARTAMENTO COMPETENTE, A REALIZAÇÃO DE ROÇADA E LIMPEZA DA VALA LOCALIZADA NA RUA CANDIDO ZANELLA, AO LADO DO IMÓVEL NÚMERO 204, NA VILA CLEMENTINA ASSIM COMO, TOME PROVIDÊNCIAS OBJETIVANDO A REFORMA OU A CONSTRUÇÃO DE UMA NOVA PONTE NO LOCAL.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/130/130_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO ILMO. SR. NÉLSON SEGNINI BOSSOLAN, DD. DIRETOR EXECUTIVO DA AUTOPISTA RÉGIS BITTENCOURT- ARTERIS, SOLICITANDO DO MESMO A INSTALAÇÃO DE UM SISTEMA DE ILUMINAÇÃO NO ENTORNO DO DISPOSITIVO DE ACESSO (VIADUTO), LOCALIZADO NAS PROXIMIDADES DO KM-461 DA BR-116 (RODOVIA RÉGIS BITTENCOURT)._x000D_
 REQUEIRO AINDA QUE, SEJA ENVIADA CÓPIA DA PRESENTE PROPOSITURA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CIÊNCIA E APOIO AO QUANTO PLEITEADO.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA QUE SEJAM INSTALADAS LINHAS DE TUBOS NAS VALAS DAS RUAS BEZERRA DE MENEZES (VILA CLEMENTINA) E MARCELO KOZIKOSKI (VILA SÃO JOÃO), VISANDO UM MELHOR SANEAMENTO BÁSICO.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR SATIRO RIBEIRO, OCORRIDO NO DIA 10 DE AGOSTO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APELO AO ILMO. SR. MÁRCIO LUIZ RIBEIRO, DD. CONSULTOR INSTITUCIONAL DA ELEKTRO, PARA QUE PROVIDENCIE COM URGÊNCIA O DESLOCAMENTO DE POSTES E REDE ELÉTRICA QUE PASSAM PRÓXIMO DO ALAMBRADO DA QUADRA ESPORTIVA DA EMEF. BAIRRO BOA VISTA, PARA O OUTRO LADO DA ESTRADA._x000D_
 SOLICITO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO. _x000D_
 </t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/201/201_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO AO EXMO. SR. NÉLSON MARQUEZELLI, DD. DEPUTADO FEDERAL POR TODO O APOIO DISPENSADO A CIDADE DE PARIQUERA-AÇU, CONFORME MENCIONADO NOS CONSIDERANDOS, BEM COMO POR NUNCA TER DEIXADO DE ATENDER AS REIVINDICAÇÕES ORIUNDAS DO EXECUTIVO E LEGISLATIVO.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/202/202_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA QUE FAÇA GESTÃO JUNTO AO MINISTÉRIO DAS CIDADES, VISANDO CELEBRAR CONVÊNIOS COM O ÓRGÃO PARA PAVIMENTAÇÃO ASFÁLTICA DAS RUAS JOÃO GAUGLITZ, JOSÉ ZEZÍLIA, MARCELO KOZIKOSKI E OLEGÁRIO MACHADO, NA VILA SÃO JOÃO._x000D_
 SOLICITO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. MINISTRO DAS CIDADES GILBERTO KASSAB, PARA QUE TOME CIÊNCIA. </t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/207/207_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA QUE REVEJA O PROJETO E, AO INVÉS DE TRANSFERIR O CONSELHO TUTELAR PARA O CENTRO COMUNITÁRIO DA VILA SÃO JOÃO, MANTENHA AS ATIVIDADES DO ESPAÇO AMIGO NAQUELE LOCAL, COM PROJETOS VOLTADOS PARA AS CRIANÇAS, ADOLESCENTES E IDOSOS, CONFORME REIVINDICAÇÃO DOS MORADORES.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/212/212_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA QUE PROVIDENCIE MELHORIAS NO CAMPO DE FUTEBOL DO BAIRRO SENADOR DANTAS, COM A INSTALAÇÃO DE ALAMBRADOS AO REDOR DO CAMPO, UM SISTEMA DE ILUMINAÇÃO COM INSTALAÇÃO DE REFLETORES E A CONSTRUÇÃO DE VESTIÁRIO.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/221/221_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA QUE PROVIDENCIE AS SEGUINTES MELHORIAS NA QUADRA POLIESPORTIVA DA ESCOLA MUNICIPAL DO BAIRRO SENADOR DANTAS: MANUTENÇÃO DO ALAMBRADO, TROCA DAS TRAVES, PINTURA EM GERAL INCLUINDO AS FAIXAS DEMARCATÓRIAS DAS MODALIDADES ESPORTIVAS E A COLOCAÇÃO DE REDES.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/224/224_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO DOUTOR ANTÔNIO IVAM DA SILVA, OCORRIDO NO DIA 18 DE SETEMBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/225/225_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR JOÃO ROBERTO COPPI, OCORRIDO NO DIA 19 DE SETEMBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/232/232_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO ILMO. CAPITÃO LUIZ GUSTAVO PIMPINATTI CITTI, COMANDANTE DA 2º CIA./P.M. DO 14º BATALHÃO DA POLÍCIA MILITAR/INTERIOR, PARA QUE NOS HORÁRIOS DE ENTRADA E SAÍDA DE ALUNOS DA ESCOLA ESTADUAL PROF. JOSÉ VICENTE BERTOLI, NO BAIRRO ANGATUBA, INTENSIFIQUE O PATRULHAMENTO NO ENTORNO DA ESCOLA._x000D_
 SOLICITAMOS AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO EXMO. SR. SECRETÁRIO ESTADUAL DA SEGURANÇA PÚBLICA, ALEXANDRE DE MORAES E AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/234/234_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR MILTON BRAZ, OCORRIDO NO DIA 27 DE SETEMBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Luizinho, Arnaldo Roquete</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/236/236_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. DUARTE NOGUEIRA, DD. SECRETÁRIO ESTADUAL DE LOGÍSTICA E TRANSPORTES, PARA QUE MANTENHA A PATRULHA RODOVIÁRIA DO DER EM PARIQUERA-AÇU ATÉ O TÉRMINO DO ALARGAMENTO E MELHORIA DO PAVIMENTO DA RODOVIA JOSÉ PADOVAM NETTO (SP- 459/230)_x000D_
 SOLICITAMOS AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENCAMINHADAS AO ILMO. SR. ENGº CHEFE DO DER JOÃO CARLOS ROSIM SABINO E AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/238/238_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. JOSÉ CARLOS SILVA PINTO, DD. PREFEITO MUNICIPAL DE PARIQUERA-AÇU, SOLICITANDO O INÍCIO DO ATENDIMENTO ODONTOLÓGICO NO POSTO DE SAÚDE DO BAIRRO CONCHAL, ASSIM COMO A ENTREGA DE KIT BUCAL (ESCOVA, PASTA DE DENTE E FIO DENTAL), AOS ALUNOS DA REDE MUNICIPAL.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/246/246_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA QUE SEJA APLICADA A LEI MUNICIPAL Nº 570/2014, QUE TRATA DA SEMANA DE MOBILIZAÇÃO E COMBATE À DENGUE NO MUNICÍPIO DE PARIQUERA-AÇU E REALIZE UM GRANDE MUTIRÃO DE LIMPEZA.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/248/248_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA EX-DEPUTADA FEDERAL E PROFESSORA MARIA LÚCIA PRANDI, OCORRIDO NO DIA 07 DE OUTUBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/253/253_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO AO EXMO. SR. DUARTE NOGUEIRA, DD. SECRETÁRIO ESTADUAL DE LOGÍSTICA E TRANSPORTES E AO ILMO. SR. ENGº CHEFE DO DER JOÃO CARLOS ROSIM SABINO, PELO SERVIÇO DE ALARGAMENTO INICIADO NA RODOVIA JOSÉ PADOVAM NETTO (SP- 459/230), PROPORCIONANDO SEGURANÇA VIÁRIA.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/261/261_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO À EMPRESA DE TRANSPORTE COLETIVO VALLE SUL &amp;#8211; TRANSPORTES LTDA. QUE APÓS APROVADA PELO PLENÁRIO, DEVERÁ SER ENVIADA PARA A REFERIDA EMPRESA, PELA SUPRESSÃO DO HORÁRIO DE ÔNIBUS DESTINADO À CIDADE DE SÃO PAULO,</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/262/262_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO AO SIMOV &amp;#8211; SERVIÇO INTER-HOSPITALAR E MÓVEL VALE DO RIBEIRA, ADMINISTRADO PELO CONSAÚDE (ANTIGO SAMU), PELO BRILHANTE SERVIÇO PRESTADO EM NOSSO MUNICÍPIO, NO ATENDIMENTO ÀS URGÊNCIAS E EMERGÊNCIAS DE SAÚDE NA MODALIDADE PRÉ-HOSPITALAR MÓVEL.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>Arnaldo Roquete</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. GOVERNADOR DO ESTADO DE SÃO PAULO, DR. GERALDO ALCKMIN E AO EXMO. SR. SECRETÁRIO DE ESTADO DA EDUCAÇÃO, DR. HERMAN VOORWALD, PARA QUE REVEJAM ESTA SITUAÇÃO E RETOMEM O CONVÊNIO COM OS MUNICÍPIOS QUE ERAM ATÉ ENTÃO BENEFICIADOS PELO PROGRAMA ESCOLA DA FAMÍLIA.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À PROFESSORA LUSINAURA APARECIDA MARTINS MATESKA POR TER SIDO AO LONGO DA SUA CARREIRA NÃO APENAS UMA PROFESSORA, MAS UMA EDUCADORA QUE SEMPRE BUSCOU O MELHOR PELA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/276/276_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. GOVERNADO DO ESTADO DE SÃO PAULO, DR. GERALDO JOSÉ RODRIGUES ALCKMIN FILHO, NO SENTIDO DE VIABILIZAR A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA SEREM UTILIZADOS NA CONSTRUÇÃO DE UMA PONTE SECA NA AVENIDA DR. FERNANDO COSTA, CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO À MOÇÃO DE APELO Nº 158/2015, DE AUTORIA DO VEREADOR DA CIDADE DE REGISTRO, OSVALDO SÉRGIO MACHADO, CUJO TEOR SOLICITA PARA QUE O GOVERNADOR DO ESTADO DE SÃO PAULO E O REITOR DA UNESP &amp;#8211; UNIVERSIDADE DO ESTADO DE SÃO PAULO, BUSQUEM INTEIRAR-SE DOS PASSOS DA UNESP &amp;#8211; CAMPUS DE REGISTRO DE MODO A ACELERAR A SUA CONSOLIDAÇÃO NA CIDADE DE REGISTRO/SP.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA QUE FAÇA GESTÃO JUNTO AO MINISTÉRIO DAS CIDADES, VISANDO CELEBRAR CONVÊNIOS COM O ÓRGÃO PARA PAVIMENTAÇÃO ASFÁLTICA DAS RUAS: AQUINO RANGEL, MIGUEL STONOGA JÚNIOR, JOSÉ DE OLIVEIRA LACERDA E JULES RIMET, NO BAIRRO DA VILA DOLARINA._x000D_
 _x000D_
 SOLICITO AINDA QUE, CÓPIAS DA PRESENTE MOÇÃO SEJA ENVIADA AO EXMO. SR. MINISTRO DAS CIDADES  GILBERTO KASSAB, PARA QUE TOME CIÊNCIA._x000D_
 </t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/289/289_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO AO EXMO. SR. DEPUTADO ESTADUAL PAULO CORRÊA JÚNIOR, PELO ENVIO DE RECURSOS FINANCEIROS POR MEIO DE EMENDA PARLAMENTAR NA IMPORTÂNCIA DE R$ 100.000,00 (CEM MIL REAIS) PARA SEREM INVESTIDOS EM INFRAESTRUTURA URBANA COM A PAVIMENTAÇÃO DE RUAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELOS FALECIMENTOS DA SENHORA MARIA HELENA TERENCIO TOGNETTI VASSÃO E DE SUA FILHA ANDRÉA CRISTINA TERENCIO TOGNETTI DE SOUZA, OCORRIDOS NO DIA 21 DE NOVEMBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/291/291_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA MARIA DA VEIGA, OCORRIDO NO DIA 23 DE NOVEMBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/293/293_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARA A REALIZAÇÃO DOS SEGUINTES INVESTIMENTOS NO BAIRRO CONCHAL:_x000D_
 A) MANUTENÇÃO DO PRÉDIO DA ESCOLA; _x000D_
 B) REFORMA DA QUADRA DE ESPORTES; _x000D_
 C) ESTABELECER UM CRONOGRAMA PARA ENTREGA DE UNIFORMES AOS ALUNOS; _x000D_
 D) RETOMADA DO PROGRAMA ESCOLA DA FAMÍLIA NA REFERIDA ESCOLA; _x000D_
 E) INTRODUZIR ATENDIMENTO ODONTOLÓGICO NO BAIRRO;_x000D_
 F) FIRMAR CONVÊNIO COM O CORREIO, PARA ABERTURA DE UMA AGÊNCIA COMUNITÁRIA DE PRESTAÇÃO DE SERVIÇOS POSTAIS BÁSICOS; _x000D_
 G) CONSERVAÇÃO DAS ESTRADAS._x000D_
 </t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/296/296_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/297/297_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO INSTRUTOR DO PROGRAMA, CABO PM SEBASTIÃO PEDROSO DE OLIVEIRA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO NOSSO MUNICÍPIO, EM ESPECIAL POR SUA ATUAÇÃO NO PROGRAMA EDUCACIONAL DE RESISTÊNCIA AS DROGAS E A VIOLÊNCIA &amp;#8211; PROERD.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/299/299_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, QUE ATENDEU AS REIVINDICAÇÕES DOS MORADORES DA VILA SÃO JOÃO E APÓS O TÉRMINO DAS REFORMAS, SERÁ REABERTO O CENTRO COMUNITÁRIO &amp;#8220;ESPAÇO AMIGO&amp;#8221; DA VILA SÃO JOÃO.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO AO EXMO. SR. ANDRÉ DO PRADO, DD. DEPUTADO ESTADUAL, PELO REPASSE DE RECURSOS FINANCEIROS, POR MEIO DE EMENDA PARLAMENTAR NA IMPORTÂNCIA DE R$ 245.000,00 (DUZENTOS E QUARENTA E CINCO MIL REAIS), DESTINADOS PARA AS OBRAS DE RECUPERAÇÃO E MELHORIAS DAS INSTALAÇÕES DO PRÉDIO DO CENTRO COMUNITÁRIO DE PARIQUERA-AÇU (CECOPA).</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/307/307_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/307/307_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA TEREZA DA SILVA GAUGLITZ, OCORRIDO NO DIA 01 DE DEZEMBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR CYRANO DIAZ, OCORRIDO NO DIA 05 DE DEZEMBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/309/309_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/309/309_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APELO PARA QUE O EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, INICIE ESTUDOS PARA A DENOMINAÇÃO DE VIAS PÚBLICAS, E TUDO O QUE FOR NECESSÁRIO PARA QUE O BAIRRO LINHA NOVA CREMONA POSSA SER BENEFICIADO PELOS SERVIÇOS DOS CORREIOS._x000D_
 SOLICITO AINDA QUE, CÓPIA DESTA MOÇÃO DE APELO SEJA ENVIADA AO O ILMO. SR. IVAN TUKAIRIM OYAMA, DD. GERENTE DA AGÊNCIA DOS CORREIOS DE PARIQUERA-AÇU, PARA APOIO E ESFORÇOS OBJETIVANDO O ATENDIMENTO DESTA ANTIGA REIVINDICAÇÃO DOS MORADORES DO BAIRRO ACIMA CITADO._x000D_
 </t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/310/310_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/310/310_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO AO EXMO. SR. EDUARDO BOLSONARO, DD. DEPUTADO FEDERAL, PELO REPASSE DE RECURSOS FINANCEIROS, POR MEIO DE EMENDA PARLAMENTAR NA IMPORTÂNCIA DE R$ 600.000,00 (SEISCENTOS MIL REAIS), PARA SEREM INVESTIDOS NA INFRAESTRUTURA URBANA DO MUNICÍPIO DE PARIQUERA-AÇU NA ÁREA DO ESPORTE.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/311/311_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/311/311_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA QUE O MESMO PROMOVA INVESTIMENTOS NOS BAIRROS VILA SÃO JOÃO E PALMIRA:</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. PREFEITO MUNICIPAL, SR. JOSÉ CARLOS SILVA PINTO, FORNEÇA AS SEGUINTES INFORMAÇÕES:_x000D_
 A.) QUAL A PORCENTAGEM QUE SERÁ UTILIZADO PARA O REAJUSTE SALARIAL? E QUANDO O EXECUTIVO MUNICIPAL ENVIARÁ A CÂMARA O PROJETO DE LEI CONTEMPLANDO ESSE AUMENTO?_x000D_
 B.) QUAL A ESTIMATIVA DE AUMENTO DO AUXÍLIO ALIMENTAÇÃO?_x000D_
 C.) O EXECUTIVO INICIOU OS PROCEDIMENTOS LEGAIS PARA A ELABORAÇÃO DO PLANO DE CARGO E CARREIRA MUNICIPAL? EM CASO POSITIVO O PROCESSO LICITATÓRIO ACONTECERÁ NO 1º SEMESTRE DESTE ANO?_x000D_
 </t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/134/134_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O EXMO. PREFEITO MUNICIPAL, SR. JOSÉ CARLOS SILVA PINTO, PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A.) O EXECUTIVO MUNICIPAL JÁ REALIZOU UM LEVANTAMENTO PARA IDENTIFICAR TODAS AS RUAS DE NOSSO MUNICÍPIO QUE NÃO POSSUEM DENOMINAÇÕES?_x000D_
 B.) EM CASO POSITIVO, HÁ UMA PREVISÃO PARA ELABORAÇÃO DE PROJETOS DE LEIS DENOMINANDO ESSAS RUAS?_x000D_
 C.) EM CASO NEGATIVO, O EXECUTIVO PRETENDE REALIZAR ESSE LEVANTAMENTO?</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O ILMO. SR. PAULO FÉLIX DA SILVA, DD. ENCARREGADO DO POSTO DE OPERAÇÕES DA SABESP EM PARIQUERA-AÇU, PARA QUE PROVIDENCIE COM URGÊNCIA OS REPAROS NECESSÁRIOS NO SISTEMA DE ESCOAMENTO DE ESGOTO DA RUA VEREADOR AÉCIO GAUGLITZ, NA ALTURA DO NÚMERO 261, VILA PALMIRA, PRÓXIMO AO MERCADO PANDU, A FIM DE SOLUCIONAR O VAZAMENTO DE ESGOTO A CÉU ABERTO._x000D_
 _x000D_
 REQUEIRO AINDA, SEJA ENVIADO CÓPIA DA PRESENTE PROPOSITURA AO ILMO. SR. ENGº. JOSÉ FRANCISCO GOMES JÚNIOR, DD. SUPERINTENDENTE REGIONAL DA SABESP E AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA APOIO AO QUANTO SOLICITADO._x000D_
  </t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA QUE PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A) O PODER EXECUTIVO REALIZOU ESTUDOS SOBRE A VIABILIDADE DE SE IMPLANTAR O PROGRAMA DENOMINADO DE "ATIVIDADE DELEGADA" NO MUNICÍPIO DE PARIQUERA-AÇU?_x000D_
 B) O PODER PÚBLICO LOCAL ENTROU EM CONTATO COM O COMANDO DA POLÍCIA MILITAR PARA AVERIGUAR A VIABILIDADE DA IMPLANTAÇÃO DO REFERIDO PROGRAMA NO MUNICÍPIO?_x000D_
 C) EM CASO DE O PODER EXECUTIVO JÁ TER REALIZADO ESTUDOS SOBRE A IMPLANTAÇÃO DA "ATIVIDADE DELEGADA" EM NOSSO MUNICÍPIO, QUESTIONA-SE SE JÁ FORAM FIRMADOS CONVÊNIOS NESSE SENTIDO E SE JÁ HÁ DATA PREVISTA PARA IMPLANTAÇÃO DO REFERIDO PROGRAMA DE POLÍTICA DE SEGURANÇA PÚBLICA EM PARIQUERA-AÇU?_x000D_
 </t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFICIADO O ILMO. SR. SAULO DE CASTRO ABREU FILHO, DD. SECRETÁRIO ESTADUAL DE GOVERNO DO ESTADO DE SÃO PAULO, PARA QUE VIABILIZE A INSTALAÇÃO DE ROTEADORES WIFI NA PRAÇA MATRIZ EM NOSSO MUNICÍPIO POR MEIO DO PROGRAMA "ACESSA SEM FIO", PARA DISPONIBILIZAR INTERNET SEM FIO GRATUITA NOS APARELHOS DE CELULARES, TABLETS, ENTRE OUTROS DISPOSITIVOS MÓVEIS._x000D_
 REQUEIRO AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO EXMO. SR. DEPUTADO ESTADUAL, ANDRÉ DO PRADO E AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO AO QUANTO SOLICITADO.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O ILMO. SR. PAULO FÉLIX DA SILVA, DD. ENCARREGADO DO POSTO DE OPERAÇÕES DA SABESP EM PARIQUERA-AÇU, PARA QUE PROVIDENCIE COM URGÊNCIA OS REPAROS NECESSÁRIOS NO SISTEMA DE ESCOAMENTO DE ESGOTO DA RUA FÉLIX CUGLER, EM FRENTE AO NÚMERO 91, VILA PERI-PERI E NA RUA RIO GRANDE DO SUL, PRÓXIMO DO NÚMERO 48, VILA SÃO JOÃO (CONJUNTO HABITACIONAL), A FIM DE SOLUCIONAR OS VAZAMENTOS DE ESGOTOS A CÉU ABERTO._x000D_
 REQUEIRO AINDA, QUE SEJAM ENVIADAS CÓPIAS DA PRESENTE PROPOSITURA AO ILMO. SR. ENGº. JOSÉ FRANCISCO GOMES JÚNIOR, DD. SUPERINTENDENTE REGIONAL DA SABESP E AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA APOIO AO QUANTO SOLICITADO. </t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O EXMO. PREFEITO MUNICIPAL, SR. JOSÉ CARLOS SILVA PINTO, INFORME QUAIS SÃO AS PROVIDÊNCIAS E PROCEDIMENTOS QUE ESTÃO SENDO ADOTADOS PARA A MUNICIPALIZAÇÃO DO TRÂNSITO EM PARIQUERA-AÇU?</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Paulo Roberto Mendes , Edson da Jonil, Eliel Coppi, Júlio Haddad</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE A ILMA. SRA. CLÁUDIA FERREIRA PITSCH SIMONI, DD. DIRIGENTE REGIONAL DE ENSINO-REGIÃO REGISTRO, ESTUDE A POSSIBILIDADE DE AUMENTAR O NÚMERO DE UNIVERSITÁRIOS DO PROGRAMA ESCOLA DA FAMÍLIA PARA AS ATIVIDADES DE 2015 NAS SEGUINTES ESCOLAS DE NOSSO MUNICÍPIO: EMEIF BAIRRO BOA VISTA, EMEIF MANOEL JOSÉ MARTINS, EMEIF PROF. SIDNEY EGÍDIO CONCEIÇÃO DE MEDEIROS E EMEIF PROF. MOACYR SANTIAGO._x000D_
 _x000D_
 REQUEREMOS AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA, SEJAM ENVIADAS A ILMA. SRA. PROFESSORA COORDENADORA DE OFICINA PEDAGÓGICA DO PROGRAMA ESCOLA DA FAMÍLIA, ADRIANA GRABOWSKI E A ILMA. SRA. DIRETORA DO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO DE PARIQUERA-AÇU, MARIA ALAÍDES CALDEIRA SALES, PARA CONHECIMENTO E APOIO AO QUANTO SOLICITADO.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/142/142_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O ILMO. SR. ENG.º. JOSÉ FRANCISCO GOMES JÚNIOR, DD. SUPERINTENDENTE REGIONAL DA SABESP, PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A) A SABESP PRETENDE INSTALAR UMA REDE DE COLETA E TRATAMENTO DE ESGOTOS NO BAIRRO CONCHAL?_x000D_
 B) EM CASO AFIRMATIVO, A EMPRESA TERIA UM CRONOGRAMA DESTA OBRA?_x000D_
 C) EM CASO NEGATIVO, HAVERIA A POSSIBILIDADE DA EMPRESA DISPONIBILIZAR CAMINHÕES PARA REALIZAR A LIMPEZA DAS FOSSAS SÉPTICAS EXISTENTES NO REFERIDO BAIRRO?_x000D_
 SOLICITAM AINDA, QUE CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO EXMO. SR. DEPUTADO ESTADUAL, ANDRÉ DO PRADO E AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/143/143_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> O EXMO. SR. SAMUEL MOREIRA, DD. DEPUTADO FEDERAL, SOLICITANDO DO MESMO RECURSOS FINANCEIROS NA FORMA DE EMENDA PARLAMENTAR NO VALOR DE R$ 500.000,00 (QUINHENTOS MIL REAIS), PARA SEREM INVESTIDOS NA INFRAESTRUTURA DO CENTRO DE EVENTOS, COM A CANALIZAÇÃO DO CURSO DA ÁGUA E A CONSTRUÇÃO DE UMA GALERIA NA AVENIDA OLÍMPICA._x000D_
 _x000D_
 REQUEREMOS AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENCAMINHADA AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, SOLICITANDO APOIO PARA QUE O OBJETIVO SEJA ALCANÇADO.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Wagner Bento da Costa, Arnaldo Roquete, Eliel Coppi, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>O ILMO. SR. ENG.º. JOSÉ FRANCISCO GOMES JÚNIOR, DD. SUPERINTENDENTE REGIONAL DA SABESP, PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A) A SABESP JÁ REALIZOU ESTUDOS, QUE VIABILIZASSEM UM CONVÊNIO COM A PREFEITURA MUNICIPAL DE PARIQUERA-AÇU PARA UTILIZAR A ÁGUA POTÁVEL DO POÇO ARTESIANO DA ESCOLA MUNICIPAL DO BAIRRO SENADOR DANTAS PARA FORNECIMENTO DE ÁGUA NAS RESIDÊNCIAS DO BAIRRO?_x000D_
 B) EM CASO AFIRMATIVO, A EMPRESA TERIA UM CRONOGRAMA DESTA OBRA?_x000D_
 C) A SABESP TERIA UMA PREVISÃO PARA PERFURAÇÃO DE UM POÇO ARTESIANO NO BAIRRO ALTO?_x000D_
 SOLICITAM AINDA, QUE CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO EXMO. SR. DEPUTADO FEDERAL, SAMUEL MOREIRA E AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/145/145_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO ILMO. SR. PAULO FÉLIX DA SILVA, DD. ENCARREGADO DO POSTO DE OPERAÇÕES DA SABESP EM PARIQUERA-AÇU, PARA QUE PROVIDENCIE A CORRETA EXECUÇÃO DOS SERVIÇOS DE REPAROS DE ASFALTO DAS SEGUINTES VIAS PÚBLICAS: RUAS DAVI MENDES JÚNIOR E TENENTE JOÃO EUZÉBIO RODRIGUES, NO CENTRO DA CIDADE, RUA SÃO PAULO, NA VILA MARIA, RUA PEDRO CUGLER, NA VILA PERI-PERI E DEMAIS RUAS QUE APRESENTAM DEPRESSÕES E FALHAS NO ASFALTO, EM RAZÃO DOS PÉSSIMOS SERVIÇOS DE REPAROS REALIZADOS PELA EMPRESA TERCEIRIZADA DA SABESP._x000D_
 REQUEIRO AINDA, SEJA ENVIADO CÓPIA DA PRESENTE PROPOSITURA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA APOIO AO QUANTO SOLICITADO. </t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/146/146_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, SOLICITANDO DO MESMO INFORMAÇÕES SOBRE A ÁREA ONDE ESTÁ LOCALIZADO O CAMPO DE FUTEBOL DA VILA PALMIRA, NA RUA VEREADOR AÉCIO GAUGLITZ.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/147/147_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O EXMO. SR. BENEDITO BRAGA, DD. SECRETÁRIO DE SANEAMENTO E RECURSOS HÍDRICOS DO ESTADO DE SÃO PAULO, SOLICITANDO PARA QUE O MESMO INCLUA O MUNICÍPIO DE PARIQUERA-AÇU, NO "PROGRAMA ÁGUA É VIDA", PARA QUE OS BAIRROS BOA VISTA, SENADOR DANTAS E BAIRRO ALTO, POSSAM SER BENEFICIADOS COM TAIS RECURSOS DESTINADOS À EXECUÇÃO DE OBRAS E SERVIÇOS DE INFRAESTRUTURA._x000D_
 REQUEREMOS AINDA, QUE CÓPIAS DAS PROPOSITURAS SEJAM ENVIADAS AO EXMO. SR. EDSON DE OLIVEIRA GIRIBONI, DD. DEPUTADO ESTADUAL E AO EXMO. SR. JOSÉ CARLOS SILVA PINTO, DD. PREFEITO MUNICIPAL DE PARIQUERA-AÇU, PARA CIÊNCIA E APOIO AO QUANTO PLEITEADO._x000D_
  </t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/148/148_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJAM OFICIADAS AS EMPRESA DE TELEFONIA CELULAR CLARO S/A E VIVO S/A, SOLICITANDO PARA QUE AS MESMAS PROVIDENCIEM A ILUMINAÇÃO DAS TORRES DE TELEFONIA INSTALADAS NA REGIÃO CENTRAL DO MUNICÍPIO DE PARIQUERA-AÇU.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/149/149_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. RENATA HELLMEISTER DE ABREU, DD. DEPUTADA ESTADUAL, SOLICITANDO DA MESMA RECURSOS FINANCEIROS NA ORDEM DE R$ 250.000,00(DUZENTOS E CINQUENTA MIL REAIS) PARA O MUNICÍPIO DE PARIQUERA-AÇU, A SER DESTINADO DA SEGUINTE FORMA:_x000D_
 A) R$ 150.000,00 (CENTO E CINQUENTA MIL REAIS), PARA REFORMA DO PRÉDIO (ESPAÇO AMIGO) E AQUISIÇÃO DE UMA ACADEMIA AO AR LIVRE, NA VILA SÃO JOÃO._x000D_
 B) R$ 100.000,00(CEM MIL REAIS), PARA CONSTRUÇÃO DE VESTIÁRIOS, BANHEIROS E ALAMBRADOS, SEPARANDO A QUADRA DA ESCOLA DA VILA SÃO JOÃO._x000D_
 REQUEIRO AINDA, QUE CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/150/150_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, SOLICITANDO AS SEGUINTES INFORMAÇÕES:_x000D_
 A)QUAIS AS PRIMEIRAS MEDIDAS QUE O EXECUTIVO TOMOU PARA TRATAR DESTA NOVA GESTÃO ASSUMIDA?_x000D_
 B)ESTÃO SENDO TOMADAS MEDIDAS LEGAIS PARA CONTRATAÇÃO DE UMA EMPRESA ESPECIALIZADA NA MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA MUNICIPAL?_x000D_
 </t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/151/151_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXMO. PREFEITO MUNICIPAL, SR. JOSÉ CARLOS SILVA PINTO, FORNEÇA AS SEGUINTES INFORMAÇÕES:_x000D_
 A.) O EXECUTIVO MUNICIPAL, PRETENDE REALIZAR MUTIRÕES DE LIMPEZA NOS BAIRROS PARA ELIMINAR OS CRIADOUROS E EVITAR A REPRODUÇÃO E PROLIFERAÇÃO DO AEDES AEGYPTI?_x000D_
 B.) EM CASO AFIRMATIVO, EXISTE UM CRONOGRAMA?_x000D_
 C.) EM CASO NEGATIVO, QUAIS MEDIDAS ESTÃO SENDO TOMADAS PARA EVITAR A REPRODUÇÃO E PROLIFERAÇÃO DESTE MOSQUITO?_x000D_
 _x000D_
 REQUEIRO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA PARA O ILMO. SR. DIRETOR MUNICIPAL DO DEPARTAMENTO DA SAÚDE, WILLIAN RODRIGO VIRGÍNIO DE SOUZA, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA QUE PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A) QUANTOS VEÍCULOS NOVOS FORAM ADQUIRIDOS PELA ATUAL GESTÃO?_x000D_
 B) QUAL A ORIGEM DOS RECURSOS UTILIZADOS PARA TAL AQUISIÇÃO?_x000D_
 C) ONDE FORAM LOTADOS OS VEÍCULOS ADQUIRIDOS?</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXMO. SR. DEPUTADO FEDERAL MÁRCIO ALVINO, PARA QUE INTERCEDA JUNTO À ANTT - AGÊNCIA NACIONAL DE TRANSPORTES TERRESTRES, VISANDO A CONSTRUÇÃO DE UMA PASSARELA NO KM 461 DA RODOVIA RÉGIS BITTENCOURT, PRÓXIMO AO AUTO POSTO E RESTAURANTE PETROPEN. _x000D_
 SOLICITO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO._x000D_
 </t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/154/154_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXMO. SR. CAMPOS MACHADO, DD. DEPUTADO ESTADUAL, FAÇA GESTÃO JUNTO A SECRETARIA ESTADUAL DE ESPORTES, A FIM DE QUE O NOSSO MUNICÍPIO POSSA SER CONTEMPLADO COM:_x000D_
 A AQUISIÇÃO DE UMA ACADEMIA AO AR LIVRE;_x000D_
 O PROGRAMA "ESPORTE SOCIAL";_x000D_
 KITS ESPORTIVOS PARA VÁRIAS MODALIDADES;_x000D_
 R$ 100.000,00 (CEM MIL REAIS) PARA CONSTRUÇÃO DE UMA QUADRA ESPORTIVA._x000D_
 REQUEIRO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO COM A REALIZAÇÃO DE GESTÃO DOS PLEITOS, JUNTO A SECRETARIA ESTADUAL DE ESPORTES.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/155/155_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>O ILMO. SR. ENGº. JOSÉ FRANCISCO GOMES JÚNIOR, DD. SUPERINTENDENTE REGIONAL DA SABESP, PROVIDENCIE O PROLONGAMENTO DA REDE COLETORA DE ESGOTOS NA RUA PROJETADA, NO FINAL DO JARDIM DAS ACÁCIAS, PRÓXIMO A LINHA NOVA CREMONA._x000D_
 SOLICITO AINDA QUE, SEJA ENVIADA CÓPIA DESTE EXPEDIENTE PARA O EXMO. SR. JOSÉ CARLOS SILVA PINTO, DD PREFEITO MUNICIPAL, PARA CONHECIMENTO E PROVIDÊNCIAS NECESSÁRIAS.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/156/156_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>O ILMO. SR. MÁRCIO LUIZ RIBEIRO, DD. CONSULTOR INSTITUCIONAL DA ELEKTRO, PARA QUE REALIZE A MANUTENÇÃO DO SISTEMA DE ILUMINAÇÃO PÚBLICA, TROCANDO AS LÂMPADAS QUEIMADAS DOS POSTES DO NOSSO MUNICÍPIO._x000D_
 SOLICITO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO AO QUANTO SOLICITADO.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/157/157_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXMO. PREFEITO MUNICIPAL, SR. JOSÉ CARLOS SILVA PINTO, PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A)	O EXECUTIVO MUNICIPAL, CONSULTOU O CONSELHO DE PREFEITOS DO CONSAÚDE, QUANTO À POSSIBILIDADE DE CONCEDER BOLSAS DE ESTUDO À ALUNOS DO CURSO TÉCNICO DE SAÚDE DO CENTRO DE FORMAÇÃO DE RECURSOS HUMANOS DE PARIQUERA-AÇU - CEFORH?_x000D_
 B)EM CASO POSITIVO, QUAL FOI RESPOSTA DO CONSELHO DE PREFEITOS DO CONSAÚDE?_x000D_
 C)EM CASO NEGATIVO, O EXECUTIVO MUNICIPAL PRETENDE TOMAR ALGUMA PROVIDÊNCIA?</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/158/158_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O EXMO. SR. DR. SINVAL MALHEIROS, DD. DEPUTADO FEDERAL, SOLICITANDO DO MESMO RECURSOS FINANCEIROS PROVENIENTE DE EMENDA PARLAMENTAR NA ORDEM DE R$ 250.000,00 (DUZENTOS E CINQUENTA MIL REAIS), PARA CONSTRUÇÃO DE UMA CONCHA ACÚSTICA NO CENTRO DE EVENTOS DO MUNICÍPIO._x000D_
 SOLICITO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CIÊNCIA E APOIO._x000D_
 </t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/159/159_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>O ILMO. SR. MÁRCIO LUIZ RIBEIRO, DD. CONSULTOR INSTITUCIONAL DA ELEKTRO, PARA QUE PROVIDENCIE A EXTENSÃO DA REDE ELÉTRICA E A ILUMINAÇÃO PÚBLICA NA RUA ONÉSIO PINTO DEPOIS DO NÚMERO 120, NO JARDIM DAS ACÁCIAS._x000D_
 SOLICITO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Paulo Roberto Mendes , Arnaldo Roquete, Edson da Jonil, Eliel Coppi, Ezequiel de Lima Júnior, Júlio Haddad, Luizinho, Sebastião Assunção, Wagner Bento da Costa</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/160/160_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A) JÁ É DE CONHECIMENTO DO EXECUTIVO MUNICIPAL, A APROVAÇÃO DA LEI COMPLEMENTAR Nº 1.261/15, ONDE INSTITUI QUE 140 MUNICÍPIOS PAULISTAS SERÃO CLASSIFICADOS COMO DE INTERESSE TURÍSTICO?_x000D_
 B) EM CASO POSITIVO, O MUNICÍPIO MANIFESTARÁ INTERESSE EM INSCREVER-SE PARA CONCORRER AO TÍTULO DE MUNICÍPIO DE INTERESSE TURÍSTICO DO ESTADO DE SÃO PAULO?_x000D_
 C) O MUNICÍPIO VEM BUSCANDO INFORMAÇÕES JUNTO À SECRETARIA ESTADUAL DE TURISMO E FAZENDO ESTUDOS PARA MONTAR O PLANO DE TURISMO, VISANDO ATENDER A TODOS OS REQUISITOS NECESSÁRIOS?_x000D_
 D) EM CASO NEGATIVO, QUAIS OS MOTIVOS QUE LEVAM O MUNICÍPIO A NÃO MANIFESTAR ESSE INTERESSE? </t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/161/161_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXCELENTÍSSIMO SENHOR DEPUTADO FEDERAL, PASTOR MARCO FELICIANO, SOLICITANDO DO MESMO RECURSOS FINANCEIROS PROVENIENTE DE EMENDA PARLAMENTAR NA IMPORTÂNCIA DE R$ 500.000,00 (QUINHENTOS MIL REAIS), PARA INVESTIMENTOS EM INFRAESTRUTURA URBANA COM A PAVIMENTAÇÃO ASFÁLTICA DE RUAS DO NOSSO MUNICÍPIO._x000D_
 REQUEIRO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CIÊNCIA E APOIO.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/162/162_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXMO. PREFEITO MUNICIPAL, SR. JOSÉ CARLOS SILVA PINTO, FORNEÇA AS SEGUINTES INFORMAÇÕES:_x000D_
 A) O EXECUTIVO MUNICIPAL JÁ INICIOU ESTUDOS PARA DENOMINAÇÕES DAS VIAS PÚBLICAS DO BAIRRO LINHA NOVA CREMONA?_x000D_
 B) EM CASO POSITIVO, QUAL O PRAZO PARA A CONCLUSÃO DESSE SERVIÇO?_x000D_
 C) O QUE FALTA PARA O BAIRRO PODER SER BENEFICIADO COM OS SERVIÇOS DO CORREIO?</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/163/163_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXCELENTÍSSIMO SENHOR DEPUTADO FEDERAL, ANTÔNIO BULHÕES, SOLICITANDO DO MESMO RECURSOS FINANCEIROS PROVENIENTE DE EMENDA PARLAMENTAR NA IMPORTÂNCIA DE R$ 350.000,00 (TREZENTOS E CINQUENTA MIL REAIS), PARA REFORMA DA QUADRA ESPORTIVA COBERTA DA VILA CLEMENTINA, AQUISIÇÃO DE 02 (DUAS) ACADEMIAS AO AR LIVRE E KITS ESPORTIVOS._x000D_
 REQUEREMOS AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CIÊNCIA E APOIO.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/164/164_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A ILMA. SRA. ZULEIKA MARIA PALHARES TELLES CLARO, DD. GERENTE DE DIVISÃO NA TELEFÔNICA/VIVO, SOLICITANDO DA MESMA INSTALAÇÃO DE TELEFONE PÚBLICO NA UNIDADE BÁSICA DE SAÚDE - UBS, LOCALIZADA NO BAIRRO CONCHAL, EM PARIQUERA-AÇU._x000D_
 </t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/165/165_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXMO. SR. MINISTRO DA SAÚDE, ARTHUR CHIORO, O EXMO. SR. GOVERNADOR DO ESTADO DE SÃO PAULO, DR. GERALDO JOSÉ RODRIGUES ALCKMIN FILHO, O ILMO. SR. SECRETÁRIO DE ESTADO DA SAÚDE, DAVID UIP E O ILMO. SR. DIRETOR DO DEPARTAMENTO REGIONAL DE SAÚDE DE REGISTRO-DRS XII, NILSON RESENDE LARA, INFORMEM SOBRE O TRÂMITE E PRAZO FINAL PARA DISPONIBILIZAÇÃO DO ACELERADOR LINEAR NO HOSPITAL REGIONAL DO VALE DO RIBEIRA - DR. LEOPOLDO BEVILACQUA.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/166/166_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. PAULO CORRÊA JÚNIOR, DD. DEPUTADO ESTADUAL, SOLICITANDO EMENDA PARLAMENTAR NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), A SER DESTINADA PARA INFRAESTRUTURA URBANA NA PAVIMENTAÇÃO DE RUAS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/167/167_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXCELENTÍSSIMO SENHOR DEPUTADO FEDERAL, EDUARDO BOLSONARO, SOLICITANDO DO MESMO RECURSOS FINANCEIROS PROVENIENTE DE EMENDA PARLAMENTAR NA IMPORTÂNCIA DE R$ 500.000,00 (QUINHENTOS MIL REAIS), PARA SEREM INVESTIDOS NA REFORMA E REVITALIZAÇÃO DO CLUBE GUARICANA, QUE RECENTEMENTE FOI REINTEGRADO AO MUNICÍPIO E NA AQUISIÇÃO DE UMA ACADEMIA AO AR LIVRE._x000D_
 REQUEIRO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CIÊNCIA E APOIO.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/168/168_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>O ILMO. SR. MÁRCIO LUIZ RIBEIRO, DD. CONSULTOR INSTITUCIONAL DA ELEKTRO, SOLICITANDO DO MESMO, PROVIDÊNCIAS NO SENTIDO DE EFETUAR A SUBSTITUIÇÃO DO POSTE DE MADEIRA QUE APRESENTA RISCO DE QUEDA, LOCALIZADO NA RUA NARCISO ADRIÃO, SENTIDO O BRAÇO PRETO EM FRENTE À CASA Nº 77, NA VILA PALMIRA._x000D_
 SOLICITO AINDA, QUE CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO AO QUANTO SOLICITADO.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/169/169_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A ILMA. SRA. ZULEIKA MARIA PALHARES TELLES CLARO, DD. GERENTE DA DIVISÃO INSTITUCIONAL-TELEFÔNICA/VIVO, PROVIDENCIE A TRANSFERÊNCIA DO TELEFONE PÚBLICO LOCALIZADO NAS DEPENDÊNCIAS DA ESCOLA DESATIVADA DO BAIRRO CACAU AÇU, PARA PRÓXIMO DA IGREJA ASSEMBLEIA DE DEUS.  </t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/170/170_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>O ILMO. SR. LÚCIO MARTINS LEANDRO, 2º SARGENTO COMANDANTE DA POLÍCIA MILITAR DE PARIQUERA-AÇU, SOLICITANDO QUE O MESMO EXECUTE UMA FISCALIZAÇÃO  RIGOROSA EM FRENTE AO HOSPITAL REGIONAL DR. LEOPOLDO BEVILACQUA - H.R.L.B., COM O INTUITO DE COIBIR OS COMPORTAMENTOS IRREGULARES OCASIONADOS PELOS CONDUTORES DE VEÍCULOS QUE DEIXAM OS MESMOS ESTACIONADOS NAS FAIXAS COM SINALIZAÇÃO HORIZONTAL DELIMITADORA DE PONTO DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS DE TRANSPORTE COLETIVO, IMPEDINDO A PARADA DOS ÔNIBUS.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/171/171_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O EXMO. SR. PRESIDENTE DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO VALE DO RIBEIRA E LITORAL SUL (CONSAÚDE), MARCO AURÉLIO GOMES DOS SANTOS, FORNEÇA AS SEGUINTES INFORMAÇÕES:_x000D_
 A.) POR QUE A DIREÇÃO DO REFERIDO HOSPITAL DECIDIU DESATIVAR O HEMOCENTRO, APÓS INTERDIÇÃO DA VIGILÂNCIA SANITÁRIA ESTADUAL? _x000D_
 B.) EXISTE A POSSIBILIDADE DO CONSAÚDE REATIVAR O HEMOCENTRO DO HOSPITAL REGIONAL DR. LEOPOLDO BEVILACQUA? _x000D_
 C.) EM CASO DE IMPOSSIBILIDADE, TERIA COMO DISPONIBILIZAR UM LOCAL PERMANENTE PARA ACOLHER OS DOADORES DA REGIÃO PARA COLETA DE SANGUE?_x000D_
 </t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/172/172_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>O PRESENTE REQUERIMENTO PARA QUE O EXMO. SR. SECRETÁRIO DE SEGURANÇA PÚBLICA, DR. ALEXANDRE DE MORAES, FORNEÇA AS SEGUINTES INFORMAÇÕES:_x000D_
 A.) HÁ ESTIMATIVA DE VAGAS PARA ESTÁGIO NAS MAIS VARIADAS ÁREAS DE ENSINO SUPERIOR NOS DEPARTAMENTOS E/OU REPARTIÇÕES PÚBLICAS, SOB RESPONSABILIDADE DA SECRETARIA DE SEGURANÇA PÚBLICA PARA SEREM DISPONIBILIZADAS AOS ACADÊMICOS PARIQUERENSES E DEMAIS ACADÊMICOS DO VALE DO RIBEIRA?_x000D_
 B.) EM HAVENDO VAGAS, INFORMAR A QUANTIDADE E OS DEPARTAMENTOS E/OU REPARTIÇÕES EM QUE ELAS SERÃO DISPONIBILIZADAS._x000D_
 C.) EM HAVENDO ALGUM ENTRAVE BUROCRÁTICO, INFORMAR AS MEDIDAS QUE ESTÃO SENDO TOMADAS PARA RESOLUÇÃO DE EVENTUAIS PROBLEMAS GERADOS PARA SE FIRMAR CONVÊNIOS PARA ESTE FIM COM INSTITUIÇÕES DE ENSINO SUPERIOR DA REGIÃO.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/173/173_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>O ILMO. SR. JOSÉ ANTONIO ANTOSCZEZEM, DD. DIRETOR SUPERINTENDENTE DO CONSAÚDE, SOLICITANDO DO MESMO ESTUDO VISANDO A IMPLANTAÇÃO DE BANCO DE COLETA DE LEITE PARA ATENDIMENTO DAS CRIANÇAS RECÉM-NASCIDAS QUE NECESSITAM DE LEITE MATERNO PARA SEU DESENVOLVIMENTO.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/174/174_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O EXMO. PRESIDENTE DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO VALE DO RIBEIRA, SR. MARCO AURÉLIO GOMES DOS SANTOS, PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A) O ORÇAMENTO DESTINADO AO CEFORH PELO ESTADO DE SÃO PAULO E PELA VERBA DE RATEIO DECORRENTE DOS MUNICÍPIOS CONSORCIADOS POSSIBILITA A CONCESSÃO DE BOLSAS DE ESTUDO PARA FILHOS DE SERVIDORES CELETISTAS DO CONSAÚDE, EM EXTENSÃO AO PROGRAMA JÁ OFERTADO PELO GOVERNO DO ESTADO DE SÃO PAULO?_x000D_
 B) EM CASO AFIRMATIVO, QUANTAS BOLSAS PODERÃO SER DISPONIBILIZADAS PARA FILHOS DE SERVIDORES CELETISTAS DO HOSPITAL DR. LEOPOLDO BEVILACQUA?_x000D_
 C) EM CASO NEGATIVO, É POSSÍVEL QUE OS MUNICÍPIOS CONSORCIADOS FAÇAM APORTE FINANCEIRO, ALTERANDO O ORÇAMENTO PARA O FIM DE CONCESSÃO DAS REFERIDAS BOLSAS?_x000D_
 D) QUAL O POSICIONAMENTO DO CONSELHO DE PREFEITOS SOBRE A NECESSIDADE DE OFERTA DE BOLSAS DE ESTUDO NO CEFORH?_x000D_
 </t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/175/175_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O EXMO. SR. DEPUTADO ESTADUAL ANDRÉ DO PRADO FAÇA GESTÃO JUNTO A SECRETARIA DE ESTADO DO ESPORTE, LAZER E JUVENTUDE, OBJETIVANDO A REALIZAÇÃO DE CONVÊNIOS E PARCERIAS COM O MUNICÍPIO DE PARIQUERA-AÇU, PARA QUE OS MUNÍCIPES POSSAM SER CONTEMPLADOS COM:_x000D_
 A.) AQUISIÇÃO DE UMA ACADEMIA AO AR LIVRE;_x000D_
 B.) O PROGRAMA ESPORTE SOCIAL, PARA FOMENTAR AS MODALIDADES ESPORTIVAS DO FUTSAL, CAPOEIRA E FUTEBOL DE CAMPO;_x000D_
 C.) AQUISIÇÃO DE KITS ESPORTIVOS;_x000D_
 D.) O PROGRAMA DOJÔ SOCIAL, PARA COMPRA DE 50 TATAMES._x000D_
  </t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/176/176_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O EXMO. PRESIDENTE DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO VALE DO RIBEIRA (CONSAÚDE), SR. MARCO AURÉLIO GOMES DOS SANTOS, PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A) PROCEDE A INFORMAÇÃO ACERCA DA SUSPENSÃO DOS SERVIÇOS PRÉ-HOSPITALARES PRESTADOS PELO SAMU?_x000D_
 B) EM CASO AFIRMATIVO, A SUSPENSÃO DOS SERVIÇOS OCORRERÁ DE FORMA PAULATINA OU IMEDIATA E A PARTIR DE QUE DATA? E EXISTE ALGUM MANIFESTO FORMAL POR PARTE DO DER E DO CORPO DE BOMBEIROS, QUANTO A GARANTIA DA CONTINUIDADE DESSES SERVIÇOS?_x000D_
 C) QUAIS OS MOTIVOS SUSCITADOS PARA A SUSPENSÃO DOS SERVIÇOS PRESTADOS PELO SAMU?_x000D_
 D) O GOVERNO ESTADUAL ESTÁ REPASSANDO VERBAS PARA O CUSTEIO DO SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA (SAMU)?_x000D_
 </t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/177/177_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>O ILMO. SR. IVAN TUKAIRIM OYAMA, DD. GERENTE DA AGÊNCIA DOS CORREIOS DE PARIQUERA-AÇU, REALIZE ESTUDOS OBJETIVANDO A INSTALAÇÃO DE UM POSTO DE DISTRIBUIÇÃO DE CORRESPONDÊNCIAS DOS CORREIOS NO BAIRRO CONCHAL.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/178/178_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXCELENTÍSSIMO SENHOR DEPUTADO ESTADUAL, ANDRÉ SOARES, SOLICITANDO DO MESMO RECURSOS FINANCEIROS PROVENIENTE DE EMENDA PARLAMENTAR NA IMPORTÂNCIA DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA INVESTIMENTOS EM INFRAESTRUTURA URBANA COM A PAVIMENTAÇÃO ASFÁLTICA DA RUA CAROLINA BUZZI, NA VILA CLEMENTINA.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/179/179_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXMO. SR. SINVAL MALHEIRO, DD. DEPUTADO FEDERAL, SOLICITANDO-LHE AS DEVIDAS PROVIDÊNCIAS, NO SENTIDO DE QUE SEJA DOADA UMA AMBULÂNCIA AO MUNICÍPIO DE PARIQUERA-AÇU.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/180/180_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O EXMO. PREFEITO MUNICIPAL, SR. JOSÉ CARLOS SILVA PINTO, PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A.) O EXECUTIVO MUNICIPAL PRETENDE RETOMAR O FUNCIONAMENTO DO "ESPAÇO AMIGO" DA VILA SÃO JOÃO?_x000D_
 B.) EM CASO POSITIVO, TERIA UMA PREVISÃO PARA REABERTURA DESTE ESPAÇO?_x000D_
 C.) EXISTE ALGUMA ESTIMATIVA DE QUANTO SERIA O GASTO COM A REFORMA E DE ONDE VIRIAM ESSES RECURSOS? </t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Wagner Bento da Costa, Arnaldo Roquete, Edson da Jonil, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/181/181_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXMO. SR. SECRETÁRIO DA SAÚDE DO ESTADO DE SÃO PAULO, DR. DAVID EVERSON UIP,  SOLICITANDO DO MESMO AS SEGUINTE INFORMAÇÕES:_x000D_
 A) A SECRETARIA DA SAÚDE DO ESTADO DE SÃO PAULO É RESPONSÁVEL PELO REPASSE FINANCEIRO AO SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA - SAMU?_x000D_
 B) EM CASO POSITIVO, QUAL É O VALOR DO REPASSE DESTINADO AO SAMU DE PARIQUERA-AÇU?</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. MILTON VIEIRA, DD. DEPUTADO ESTADUAL, SOLICITANDO DO MESMO RECURSOS FINANCEIROS PROVENIENTES DE EMENDA PARLAMENTAR NA ORDEM DE R$ 150.000,00 (CENTO E CINQUENTA MIL REAIS), PARA SEREM INVESTIDOS NA CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA RUA CÂNDIDO ZANELLA, NA VILA CLEMENTINA._x000D_
 REQUEIRO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO DE APOIO AO QUANTO SOLICITADO.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>A ILMA. SRA. LUCIANA CAROLI, DD. GERENTE ADMINISTRATIVO DA VALLE SUL TRANSPORTE E TURISMO LTDA, PARA QUE PROMOVA AS ADEQUAÇÕES NECESSÁRIAS NOS VEÍCULOS OU A SUBSTITUIÇÃO DOS MESMOS, PARA GARANTIR A ACESSIBILIDADE ÀS PESSOAS COM DEFICIÊNCIA OU MOBILIDADE REDUZIDA AO TRANSPORTE PÚBLICO._x000D_
 _x000D_
 REQUEIRO AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO EXMO. SR. DIRETOR GERAL DA ARTESP, GIOVANNI PENGUE FILHO, AO EXMO. SR. PRESIDENTE DA CÂMARA MUNICIPAL DE JACUPIRANGA, SYLVIO CARNEIRO BRAGA JR., AO EXMO. SR. PRESIDENTE DA CÂMARA DE CAJATI, APARÍCIO FERREIRA DA ROSA E AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/196/196_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO ILMO. SR. DIRETOR SUPERINTENDENTE DO CONSAÚDE,  JOSÉ ANTONIO ANTOSCZEZEM, SOLICITANDO DO MESMO AS SEGUINTES INFORMAÇÕES:_x000D_
 1) RESULTADO DAS ANÁLISES DAS CONTAS DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE, A PARTIR DE 2009, PELO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO, PRINCIPALMENTE NO QUE É RELATIVO A: _x000D_
 A) LICITAÇÕES; B) TERMOS ADITIVOS; C) POSSÍVEIS APONTAMENTOS._x000D_
 2) MONTANTE DA DÍVIDA DO CONSÓRCIO CONSIDERANDO:_x000D_
 A) PRECATÓRIOS INSCRITOS; B) PRECATÓRIOS A SEREM INSCRITOS NO PRÓXIMO ANO A CALCULADOS ATÉ O PRESENTE MOMENTO._x000D_
 3) INFORMAÇÕES SOBREA A QUANTIDADE DE PROCESSOS, ESPECIFICANDO:_x000D_
 A) DE NATUREZA TRABALHISTA; B) DE NATUREZA CÍVEL, FAVOR ESPECIFICAR NÚMEROS DE PROCESSOS EM CADA ÁREA E VALORES PROVISIONADOS DO LEVANTAMENTO DE AÇÕES, HÁ MAIOR CHANCE DE O CONSÓRCIO SAIR VENCIDO E TER QUE INDENIZAR A CURTO PRAZO.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. SECRETÁRIO DE ESTADO DA SAÚDE, DR. DAVID EVERSON UIP, SOLICITANDO DO MESMO A AQUISIÇÃO DE UM APARELHO DE LITOTRIPSIA (LITOTRITOR), QUE CONSISTE NO  TRATAMENTO DE QUADROS DE LITÍASE (PEDRA NOS RINS, CÁLCULO RENAL, CÁLCULOS URINÁRIOS), OBJETIVANDO A  FRAGMENTAÇÃO DO CÁLCULO POR AÇÃO TÉRMICA E TAMBÉM POR ONDAS DE CHOQUE, PARA SER UTILIZADO NO HRLB - HOSPITAL REGIONAL DR. LEOPOLDO BEVILACQUA._x000D_
 SOLICITO AINDA QUE, CÓPIAS DESTA PROPOSITURA SEJAM ENVIADAS AO ILMO.SR. DIRETOR SUPERINTENDENTE DO CONSAÚDE, JOSÉ ANTONIO ANTOSCZEZEM, AO ILMO. SR. DIRETOR DA DRS XII-REGISTRO, NILSON REZENDE LARA, AO EXMO. SR. DEPUTADO FEDERAL SAMUEL MOREIRA DA SILVA JÚNIOR E AO EXMO. SR. PREFEITO MUNICIPAL DE PARIQUERA-AÇU, JOSÉ CARLOS SILVA PINTO.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/198/198_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO ILMO. SR. NÉLSON SEGNINI BOSSOLAN, DD. DIRETOR EXECUTIVO DA AUTOPISTA RÉGIS BITTENCOURT, SOLICITANDO ESTUDOS VISANDO A INSTALAÇÃO DE LOMBADA ELETRÔNICA NO TRECHO DA BR -116 - RODOVIA RÉGIS BITTENCOURT, NA ALTURA DO KM 461, EM FRENTE AO AUTO POSTO E LANCHONETE PETROPEN._x000D_
 </t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/199/199_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA QUE PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A) DOS LOCAIS CITADOS ABAIXO, QUAIS POSSUEM A REFERIDA DOCUMENTAÇÃO REGULARIZADA EXIGIDOS PELO ESTADO E UNIÃO PARA LIBERAÇÃO DE RECURSOS FINANCEIROS POR MEIO DE EMENDA PARLAMENTAR?_x000D_
  PSF E ÁREA ATRÁS DO POSTO DE SAÚDE DO BAIRRO ANGATUBA;_x000D_
  PSF DO BAIRRO ALTO;_x000D_
  PSF, CAMPO DE FUTEBOL E ESCOLA MUNICIPAL DO BAIRRO SENADOR DANTAS;_x000D_
  PSF, QUADRA ESPORTIVA E ESCOLA MUNICIPAL DO BAIRRO BOA VISTA;_x000D_
  PSF E ESCOLA MUNICIPAL DO BAIRRO CONCHAL II;_x000D_
  PSF E ESCOLA MUNICIPAL DO BAIRRO PARIQUERA-MIRIM;_x000D_
  PSF E ESCOLA MUNICIPAL BAIRRO SIMBIÚVA;_x000D_
  ÁREA NO BAIRRO BRAÇO PRETO._x000D_
 B) EXISTE PREVISÃO DE INVESTIMENTOS COM RECURSOS PRÓPRIOS DO MUNICÍPIO NAS ÁREAS SUPRACITADAS?_x000D_
 C) EM CASO POSITIVO, QUAL ÁREA ESTARIA INSERIDA NESTA PREVISÃO? </t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/200/200_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. CAIO FRANÇA, DD. COORDENADOR DA FRENTE PARLAMENTAR DE APOIO AOS MUNICÍPIOS DA REGIÃO METROPOLITANA DA BAIXADA SANTISTA E VALE DO RIBEIRA, PARA QUE FAÇA GESTÃO JUNTO A SECRETARIA ESTADUAL DE SANEAMENTO E RECURSOS HÍDRICOS, BUSCANDO RECURSOS FINANCEIROS PARA SEREM INVESTIDOS NA ÁREA DE SANEAMENTO BÁSICO DO MUNICÍPIO DE PARIQUERA-AÇU, NA CONSTRUÇÃO DE REDE COLETORA DE ESGOTOS DOS BAIRROS CONCHAL I E II, NAS EXTENSÕES DAS REDES DE ESGOTOS DO BAIRRO SÃO CARLOS, DA RUA DOS IMIGRANTES ALEMÃES (JARDIM ALVORADA), DA RUA CAROLINA BUZZI (VILA CLEMENTINA), DA AV. OLÍMPICA (VILA MARIA) E DO DISTRITO INDUSTRIAL, COMO TAMBÉM PARA PERFURAÇÃO DE NOVOS POÇOS ARTESIANOS NO BAIRRO SENADOR DANTAS E BAIRRO ALTO. _x000D_
 REQUEREMOS AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO EXMO. SR. GOVERNADOR DO ESTADO DE SÃO PAULO, GERALDO JOSÉ RODRIGUES ALCKMIN FILHO, AO EXMO. SR. SECRETÁRIO ESTADUAL DE SANEAMENTO E RECURSOS HÍDRICOS, BENEDITO BRAGA E AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/208/208_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>A EXMA. SRA. DEPUTADA FEDERAL, RENATA HELLMEISTER DE ABREU, PARA QUE FAÇA GESTÃO JUNTO AO MINISTÉRIO DOS TRANSPORTES, A ANTT E A AUTOPISTA RÉGIS BITTENCOURT/ARTERIS, VISANDO A CONSTRUÇÃO DE UMA PASSARELA NO KM 461 DA RODOVIA RÉGIS BITTENCOURT, PRÓXIMO AO AUTO POSTO E RESTAURANTE PETROPEN._x000D_
 SOLICITAMOS AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENVIADA AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/215/215_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. CAIO FRANÇA, DD. COORDENADOR DA FRENTE PARLAMENTAR DE APOIO AOS MUNICÍPIOS DA REGIÃO METROPOLITANA DA BAIXADA SANTISTA E VALE DO RIBEIRA, FAÇA GESTÃO JUNTO AO EXMO. SR. GOVERNADOR DO ESTADO DE SÃO PAULO, GERALDO JOSÉ RODRIGUES ALCKMIN FILHO E AO EXMO. SR. VICE-GOVERNADOR MÁRCIO FRANÇA, BUSCANDO RECURSOS FINANCEIROS PARA CONSTRUÇÃO DE UMA PONTE SOBRE O RIO PARIQUERA-AÇU NA AVENIDA DR. FERNANDO COSTA, PARA DISPONIBILIZAR UM NOVO ACESSO AO MUNICÍPIO._x000D_
 REQUEIRO AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO ILMO. SR. ENGº CHEFE DO DER, JOÃO CARLOS ROSIM SABINO E AO EXMO. SR. PREFEITO MUNICIPAL, JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO._x000D_
 </t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/222/222_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO ILMO. SR. ENGº JOSÉ FRANCISCO GOMES JÚNIOR, DD. SUPERINTENDENTE REGIONAL DA SABESP, SOLICITANDO DO MESMO PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR E INSTALAR UM RESERVATÓRIO DE ÁGUA NO BAIRRO VILA PERI-PERI, DE MODO A FACILITAR O ABASTECIMENTO DE ÁGUA NO LOCAL._x000D_
 REQUER AINDA QUE, SEJA ENVIADA CÓPIA DESTE EXPEDIENTE AO ILMO. SR. PAULO FÉLIX DA SILVA, ENCARREGADO DO POSTO DE OPERAÇÃOES DA SABESP EM PARIQUERA-AÇU, PARA CONHECIMENTO E PROVIDÊNCIAS NECESSÁRIAS._x000D_
 </t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/223/223_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO ILMO. SR. DIRETOR SUPERINTENDENTE DO CONSAÚDE, JOSÉ ANTONIO ANTOSCZEZEM, PARA QUE ENVIE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES:_x000D_
 1) RESULTADO DAS ANÁLISES DAS CONTAS DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE, A PARTIR DE 2009, PELO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO, PRINCIPALMENTE NO QUE É RELATIVO A: _x000D_
 A) LICITAÇÕES; _x000D_
 B) TERMOS ADITIVOS; _x000D_
 C) POSSÍVEIS APONTAMENTOS._x000D_
 2) MONTANTE DA DÍVIDA DO CONSÓRCIO CONSIDERANDO:_x000D_
 A) PRECATÓRIOS INSCRITOS; _x000D_
 B) PRECATÓRIOS A SEREM INSCRITOS NO PRÓXIMO ANO E CALCULADOS ATÉ O PRESENTE MOMENTO._x000D_
 3) INFORMAÇÕES SOBRE A QUANTIDADE DE PROCESSOS, ESPECIFICANDO: _x000D_
 A) DE NATUREZA TRABALHISTA; _x000D_
 B) DE NATUREZA CÍVEL;_x000D_
 C) E ESPECIFICAR OS NÚMEROS DE PROCESSOS EM CADA ÁREA E VALORES PROVISIONADOS DO LEVANTAMENTO DE AÇÕES, ONDE HÁ MAIOR CHANCE DE O CONSÓRCIO SAIR VENCIDO E TER QUE INDENIZAR A CURTO PRAZO.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/227/227_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA QUE ENVIE OS SEGUINTES DOCUMENTOS A ESTA CASA DE LEIS:_x000D_
 1.) CÓPIA INTEGRAL DO PROCESSO LICITATÓRIO DA REFORMA DO TERMINAL RODOVIÁRIO E DEMONSTRATIVOS DOS REPASSES DE RECURSOS PROVENIENTES DO GOVERNO DO ESTADO DE SÃO PAULO._x000D_
 2.) CÓPIA INTEGRAL DO PROCESSO LICITATÓRIO DA CONSTRUÇÃO DA PISTA DE SKATE, INCLUSIVE, COM O TERMO DE ENTREGA DA REFERIDA OBRA PARA PREFEITURA._x000D_
 3.) CÓPIA INTEGRAL DO PROCESSO LICITATÓRIO DA REFORMA DA ESCOLA MUNICIPAL DO BAIRRO SENADOR DANTAS, INCLUSIVE DOS TERMOS ADITIVOS REALIZADOS ENTRE O PODER PÚBLICO E A EMPRESA CONTRATADA PARA E EXECUÇÃO DOS SERVIÇOS._x000D_
 </t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/228/228_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA QUE PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A.) EXISTE A POSSIBILIDADE DE INVESTIR RECURSOS PRÓPRIOS PARA COBERTURA DA QUADRA, MANUTENÇÃO DOS ALAMBRADOS, MELHORIAS NO PISO, REFORMA DO VESTIÁRIO, PINTURA DAS FAIXAS DEMARCATÓRIAS E COLOCAÇÃO DE REDES NA QUADRA POLIESPORTIVA DA ESCOLA MUNICIPAL MANUEL JOSÉ MARTINS DO BAIRRO CONCHAL?_x000D_
 B.) EM CASO POSITIVO, HÁ UMA PREVISÃO PARA SUA REALIZAÇÃO?</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/233/233_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO ILMO. SR. MARCIO LUIZ RIBEIRO, DD. ESPECIALISTA COMERCIAL DA ELEKTRO, SOLICITANDO DO MESMO PROVIDÊNCIAS NO SENTIDO DE PROVIDENCIAR A EXTENSÃO DE APROXIMADAMENTE 700 METROS DE REDE DE ENERGIA ELÉTRICA NA ESTRADA PARIQUERA MIRIM (MUNICIPAL), NO BAIRRO PARIQUERA-MIRIM, NO MUNICÍPIO DE PARIQUERA-AÇU/SP.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/235/235_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO ILMO. SR. NILSON PRADO, DD. ENGº DO DEPARTAMENTO DE ESTRADAS DE RODAGEM (DER) EM PARIQUERA-AÇU, PARA QUE NOTIFIQUE A EMPRESA QUE REALIZOU O RECAPEAMENTO ASFÁLTICO DA AVENIDA DR. CARLOS BOTELHO, A REALIZAR OS REPAROS NECESSÁRIOS NOS LOCAIS QUE ESTÃO APRESENTANDO TRINCAS E ONDULAÇÕES._x000D_
 REQUEIRO AINDA QUE, CÓPIA DA PRESENTE PROPOSITURA SEJA ENCAMINHADA AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO._x000D_
 </t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/237/237_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O ILMO. SR. MARCIO LUIZ RIBEIRO, DD. ESPECIALISTA COMERCIAL DA ELEKTRO, SOLICITANDO DO MESMO PROVIDÊNCIAS NO SENTIDO DE EFETUAR A INSTALAÇÃO DE LUMINÁRIAS NA RUA RODOLFO FINK, PRÓXIMO AO NÚMERO 49, NA VILA PERI-PERI, MUNICÍPIO DE PARIQUERA-AÇU/SP.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. PREFEITO MUNICIPAL  JOSÉ CARLOS SILVA PINTO, PARA QUE ENVIE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES:_x000D_
 A.) O EXECUTIVO MUNICIPAL JÁ ELABOROU UM PROJETO PARA A CONSTRUÇÃO DA PONTE NA RUA CÂNDIDO ZANELLA, NO BAIRRO VILA CLEMENTINA?_x000D_
 B.) EM CASO POSITIVO, INFORMAR O VALOR ESTIMADO DA OBRA COM CÓPIAS DO PROJETO E PLANILHA DE CUSTOS._x000D_
 </t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O EXMO. SR. MARCO AURÉLIO GOMES DOS SANTOS, DD. PRESIDENTE DO CONSAÚDE &amp;#8211; CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO VALE DO RIBEIRA E LITORAL SUL, PARA QUE INFORME ESTÁ CASA DE LEIS OS MOTIVOS QUE LEVARAM A PARALISAÇÃO DAS OBRAS DE REFORMA E AMPLIAÇÃO DO HOSPITAL REGIONAL DR. LEOPOLDO BEVILACQUA (HRLB), DE PARIQUERA&amp;#8211;AÇU</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/247/247_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO ILMO. SR. ENGº JOSÉ FRANCISCO GOMES JÚNIOR, DD. SUPERINTENDENTE REGIONAL DA SABESP, PARA QUE REALIZE ESTUDOS COM SUA EQUIPE TÉCNICA, VIABILIZANDO A INSTALAÇÃO DE UMA REDE COLETORA DE ESGOTOS NO BAIRRO CONCHAL E INFORME QUANDO ESTARÁ EM FUNCIONAMENTO O NOVO POÇO ARTESIANO._x000D_
 _x000D_
 SOLICITAMOS AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENCAMINHADAS AO EXMO. SR. DEPUTADO ESTADUAL PAULO CORRÊA JR. E AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO._x000D_
 </t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/249/249_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. MARCO AURÉLIO GOMES DOS SANTOS, DD. PRESIDENTE DO CONSAÚDE (CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO VALE DO RIBEIRA E LITORAL SUL), PARA QUE PROVIDENCIE A CONSTRUÇÃO DE UM ESTACIONAMENTO NA ÁREA DO HOSPITAL REGIONAL DR. LEOPOLDO BEVILACQUA, LOCALIZADA NA RUA DOS EXPEDICIONÁRIOS EM FRENTE AS RESIDÊNCIAS DE NÚMEROS 327 ATÉ 373._x000D_
 REQUEREMOS AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO EXMO. SR. SECRETÁRIO ESTADUAL DA SAÚDE DR. DAVID EVERSON UIP E AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO._x000D_
 </t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA QUE PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A.)EM QUAIS BAIRROS DO NOSSO MUNICÍPIO OCORRERAM A REGULARIZAÇÃO FUNDIÁRIA?_x000D_
 B.)NO PROCESSO DE REGULARIZAÇÃO FUNDIÁRIA, QUAL O PRAZO PARA ENTREGA DOS TÍTULOS DOS IMÓVEIS AOS PROPRIETÁRIOS?_x000D_
 C.)EXISTE UM CRONOGRAMA PARA REGULARIZAÇÃO FUNDIÁRIA NOS BAIRROS QUE AINDA NÃO FORAM ATENDIDOS? EM CASO POSITIVO, QUAIS SÃO ESSES BAIRROS?_x000D_
 </t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/254/254_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. RODRIGO MORAES, DD. DEPUTADO ESTADUAL, PARA QUE VERIFIQUE A POSSIBILIDADE DE ESTAR ENVIANDO AO MUNICÍPIO DE PARIQUERA-AÇU UMA EMENDA PARLAMENTAR NA IMPORTÂNCIA DE R$ 250.000,00 (DUZENTOS E CINQUENTA MIL REAIS), PARA SEREM INVESTIDOS NA REFORMA E AMPLIAÇÃO DO PSF DO BAIRRO ALTO._x000D_
 _x000D_
 SOLICITO AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO ILMO. SR. DIRETOR MUNICIPAL DA SAÚDE WILLIAN RODRIGO V. DE SOUZA E AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO PARA APOIO QUANTO AO PLEITO._x000D_
 </t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/258/258_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>O EXMO. SR. MÁRCIO ALVINO, DD. DEPUTADO FEDERAL, NO SENTIDO DE INTERMEDIAR A LIBERAÇÃO DE RECURSOS FINANCEIROS, JUNTO AO GOVERNO FEDERAL, PARA CONSTRUÇÃO DE UMA PASSARELA NO BAIRRO CONCHAL E INCLUSÃO DE UM DISPOSITIVO DE ACESSO (VIADUTO) NO KM-458 DA RODOVIA FEDERAL RÉGIS BITTENCOURT (BR-116) LIGANDO A RODOVIA ESTADUAL JOSÉ PADOVAN NETO.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/259/259_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. PREFEITO MUNICIPAL  JOSÉ CARLOS SILVA PINTO, PARA QUE RESPONDA OS SEGUINTES QUESTIONAMENTOS:_x000D_
 1) QUAL FOI O GASTO PROMOVIDO PELO MUNICÍPIO PARA O CUSTEIO DE ILUMINAÇÃO PÚBLICA EM 2013? QUANTO O MUNICÍPIO ARRECADOU COM A CIP (CUSTEIO DE ILUMINAÇÃO PÚBLICA) NESTE PERÍODO?_x000D_
 2) QUAL FOI O GASTO PROMOVIDO PELO MUNICÍPIO PARA O CUSTEIO DE ILUMINAÇÃO PÚBLICA EM 2014? QUANTO FOI ARRECADADO COM A COBRANÇA DA CIP NESTE ANO?_x000D_
 3) QUAL FOI O GASTO PROMOVIDO PELO MUNICÍPIO PARA O CUSTEIO DE ILUMINAÇÃO PÚBLICA ATÉ SETEMBRO DE 2015? QUANTO FOI ARRECADADO COM A CIP ATÉ O PRESENTE MOMENTO?_x000D_
 4) COMO É FEITO O CÁLCULO PARA REPASSE DE VALORES À ELEKTRO COM A ILUMINAÇÃO PÚBLICA?_x000D_
 5) O FUNDO CRIADO PELA LEI QUE INSTITUIU A CIP NO MUNICÍPIO FOI REGULAMENTADO DE ACORDO COM AS DIRETRIZES LEGAIS? FOI INSTITUÍDO O CONSELHO OU COMISSÃO PARA FISCALIZAR O REFERIDO FUNDO?_x000D_
 6) ENVIAR A ESTA CASA DE LEIS A RELAÇÃO DE PONTOS DE ILUMINAÇÃO PÚBLICA QUE SERÃO CONTEMPLADOS NO PROJETO ATUAL, PARA FINS DE EXPANSÃO DA REDE?_x000D_
 7) ENCAMINHAR OUTRAS INFORMAÇÕES QUE ENTENDER PERTINENTES PARA ELUCIDAÇÃO DO REFERIDO PROJETO, ASSIM COMO O DEMONSTRATIVO (EXTRATO E SALDO) PROVENIENTES DE RECURSOS A SEREM UTILIZADOS PARA EXPANSÃO DA REDE._x000D_
 REQUEIRO AINDA QUE, COMO O PROJETO ACIMA DESCRITO ENCONTRA-SE EM TRÂMITE EM CARÁTER DE URGÊNCIA, QUE ESTAS INFORMAÇÕES SEJAM REPASSADAS EM CARÁTER DE URGÊNCIA._x000D_
 </t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. PREFEITO MUNICIPAL  JOSÉ CARLOS SILVA PINTO, PARA QUE PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A) O EXECUTIVO MUNICIPAL VEM REALIZANDO OS PROCEDIMENTOS DE IDENTIFICAÇÃO DO PATRIMÔNIO NAS AQUISIÇÕES DE NOVOS BENS MÓVEIS?_x000D_
 B) EM CASO POSITIVO, ENVIAR UMA RELAÇÃO A ESTA CASA DE LEIS DOS BENS MÓVEIS (VEÍCULOS LEVES E PESADOS) QUE FORAM ADQUIRIDOS NESTA LEGISLATURA, COM A DEVIDA IDENTIFICAÇÃO NO PATRIMÔNIO MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/263/263_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO ILMO. SR. NÉLSON SEGNINI BOSSOLAN, DD. DIRETOR EXECUTIVO DA AUTOPISTA RÉGIS BITTENCOURT, PARA QUE REABRA OS RETORNOS EM NÍVEL NA RODOVIA RÉGIS BITTENCOURT (BR-116) NO TRECHO QUE CORTA O MUNICÍPIO DE PARIQUERA-AÇU, ATÉ QUE SEJAM CONSTRUÍDOS DISPOSITIVOS DE ACESSOS PRÓXIMOS AOS LOCAIS PARA QUE A POPULAÇÃO NÃO SEJA PREJUDICADA._x000D_
 REQUEIRO AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO EXMO. SR. DIRETOR GERAL DA ANTT JORGE BASTOS, AOS EXMOS. SRS. DEPUTADOS FEDERAIS MÁRCIO ALVINO E ALEXANDRE LEITE, AO EXMO. SR. MINISTRO DOS TRANSPORTES ANTÔNIO CARLOS RODRIGUES E AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/267/267_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO ILMO. SR. WILLIAN RODRIGO VIRGÍNIO DE SOUZA, PARA QUE COMPAREÇA NA SESSÃO ORDINÁRIA DO DIA 16 DE NOVEMBRO DE 2015 ÀS 20:00 HORAS NESTA CASA DE LEIS, PARA ESCLARECIMENTOS E INFORMAÇÕES QUE SE FIZEREM NECESSÁRIAS SOBRE A RESOLUÇÃO Nº 003/2015 DO CONSAÚDE, QUE DISPÕE SOBRE A ALTERAÇÃO DO PROTOCOLO DE INTENÇÕES, CONSUBSTANCIADO NO CONTRATO DE CONSÓRCIO PÚBLICO DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO VALE DO RIBEIRA.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/268/268_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXCELENTÍSSIMO SENHOR SAMUEL MOREIRA, DD. DEPUTADO FEDERAL, SOLICITANDO DO MESMO RECURSOS FINANCEIROS PROVENIENTE DE EMENDA PARLAMENTAR NA IMPORTÂNCIA DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA SEREM INVESTIMENTOS EM INFRAESTRUTURA URBANA COM A PAVIMENTAÇÃO ASFÁLTICA DE RUAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/277/277_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO ILMO. SR. RICARDO FUNDÃO GUIMARÃES MENDES, DD. DIRETOR MUNICIPAL DO DEPARTAMENTO DE OBRAS, PARA QUE COMPAREÇA NA SESSÃO ORDINÁRIA DO DIA 23 DE NOVEMBRO DE 2015 ÀS 20:00 HORAS NESTA CASA DE LEIS, PARA TRATAR DOS SEGUINTES ASSUNTOS:_x000D_
 A) ADEQUAÇÃO DO PROCESSO LICITATÓRIO QUE TRATA DA CONTRATAÇÃO DE EMPRESA PARA CONSTRUÇÃO DE UMA PISTA DE &amp;#8220;SKATE&amp;#8221;._x000D_
 B) SOBRE O PLANEJAMENTO E EXECUÇÃO DA OBRA, PAGAMENTOS E MEDIÇÕES E DEMAIS ASSUNTOS PERTINENTES_x000D_
 C) POSICIONAMENTO DO EXECUTIVO, POR MEIO DE SEU REPRESENTANTE TÉCNICO, SE A OBRA ESTÁ EM PERFEITAS CONDIÇÕES PARA ATENDER AO FIM PARA O QUAL SE DESTINA. CASO NÃO ESTEJA, QUAIS OS PROCEDIMENTOS ATÉ AGORA ADOTADOS PARA O CUMPRIMENTO DO ESTABELECIDO NO EDITAL, CONTRATO E DEMAIS ANEXOS RELATIVOS AO CERTAME DECORRENTE DA REFERIDA OBRA?_x000D_
 </t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/279/279_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. GERALDO ALCKMIN, DD. GOVERNADOR DO ESTADO DE SÃO PAULO E O EXMO. SR. DUARTE NOGUEIRA, DD. SECRETÁRIO ESTADUAL DE LOGÍSTICA E TRANSPORTES, PARA QUE VIABILIZEM JUNTO AO DER AS SEGUINTES MELHORIAS PARA RODOVIA IVO ZANELLA SP-222, QUE LIGA OS MUNICÍPIOS DE PARIQUERA-AÇU, IGUAPE E ILHA COMPRIDA:_x000D_
 A) CONSTRUÇÃO DO ACOSTAMENTO EM TODA SUA EXTENSÃO;_x000D_
 B) CONSTRUÇÃO DE MARGINAIS DE ACESSO ÀS RUAS: JOÃO GAUGLITZ, ÂNGELO ANTONIOLLI, CAROLINA BUZZI E MARCELO KOSIKOSKI E A CONSTRUÇÃO DE CICLOVIA NO TRECHO DO KM 99 AO KM 101+500 METROS._x000D_
 REQUEIRO AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO ILMO. SR. SUPERINTENDENTE DO DER ARMANDO COSTA FERREIRA, AO EXMO. SR. COORDENADOR DA FRENTE PARLAMENTAR DE APOIO AOS MUNICÍPIOS DA REGIÃO METROPOLITANA DA BAIXADA SANTISTA E VALE DO RIBEIRA CAIO FRANÇA, AO EXMO. SR. PRESIDENTE DO PARLAMENTO REGIONAL DO VALE DO RIBEIRA OSVALDO SÉRGIO MACHADO, AO EXMO. SR. DEPUTADO ESTADUAL ANDRÉ DO PRADO E AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO AO QUANTO SOLICITADO._x000D_
 </t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/287/287_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO ILMO. SR. MÁRCIO LUIZ RIBEIRO, DD. ESPECIALISTA COMERCIAL DA ELEKTRO, PARA QUE INFORME OS MOTIVOS DAS VÁRIAS INTERRUPÇÕES NO FORNECIMENTO DE ENERGIA ELÉTRICA QUE VEM ACONTECENDO EM NOSSO MUNICÍPIO, DETALHANDO AS RAZÕES DA DEMORA EM ALGUNS CASOS E AS PROVIDÊNCIAS QUE A ELEKTRO ESTÁ TOMANDO PARA QUE ACABEM COM ESTAS OCORRÊNCIAS OU QUE SEJAM DIMINUÍDAS._x000D_
 _x000D_
 SOLICITAMOS AINDA QUE, CÓPIAS DA PRESENTE PROPOSITURA SEJAM ENVIADAS AO EXMO. SR. COORDENADOR DA FRENTE PARLAMENTAR DE APOIO AOS MUNICÍPIOS DA REGIÃO METROPOLITANA DA BAIXADA SANTISTA E VALE DO RIBEIRA CAIO FRANÇA, AO EXMO. SR. PRESIDENTE DO PARLAMENTO REGIONAL DO VALE DO RIBEIRA OSVALDO SÉRGIO MACHADO, AO EXMO. SR. DIRETOR-GERAL DA AGÊNCIA NACIONAL DE ENERGIA ELÉTRICA - ANEEL ROMEU DONIZETE RUFINO E AO EXMO. SR. PREFEITO MUNICIPAL JOSÉ CARLOS SILVA PINTO, PARA CONHECIMENTO E APOIO.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. PREFEITO MUNICIPAL  JOSÉ CARLOS SILVA PINTO, PARA QUE PRESTE AS SEGUINTES INFORMAÇÕES:_x000D_
 A) É DE INTERESSE DO EXECUTIVO MUNICIPAL CONSTRUIR UM ESPAÇO PÚBLICO VOLTADO PARA A PRÁTICA DO ESPORTE E LAZER NO BAIRRO ALTO?_x000D_
 B) EM CASO POSITIVO, QUAL SERIA O PROJETO DESTE ESPAÇO PÚBLICO? HÁ PREVISÃO PARA EXECUÇÃO DE TAL OBRA?_x000D_
 C) EM CASO NEGATIVO, O EXECUTIVO MUNICIPAL VISA FIRMAR CONVÊNIOS COM ÓRGÃOS NAS ESFERAS ESTADUAL E FEDERAL PARA APROVEITAR A ÁREA DA PREFEITURA NO BAIRRO E ATENDER AS REIVINDICAÇÕES DESTES MORADORES?_x000D_
 </t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/301/301_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO ILMO. SR. ENGº CHEFE DO DER JOÃO CARLOS ROSIM SABINO, PARA QUE PROVIDENCIE COM URGÊNCIA A CONSTRUÇÃO DE BAIAS DE RECUO PARA PARADAS DE ÔNIBUS EM FRENTE AS ENTRADAS DAS FAZENDAS: HERCULANO ROSA, ROBERTÃO E MORRINHO (SENTIDO PARIQUERA-AÇU/BR-116) E NA ENTRADA DO SÍTIO 7 IRMÃOS (SENTIDO BR-116/PARIQUERA-AÇU).</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>PCA</t>
   </si>
   <si>
     <t>Prestação de Contas Anuais</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/245/245_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>TC- 1772/026/12 - CONTAS ANUAIS DO MUNICÍPIO DE PARIQUERA-AÇU NO EXERCÍCIO DE 2012</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/244/244_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>TC-1840/026/13 - CONTAS ANUAIS DO MUNICÍPIO DE PARIQUERA-AÇU NO EXERCÍCIO DE 2013</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO HONORÍFICO DE CIDADÃO PARIQUERENSE AO DEPUTADO FEDERAL NELSON MARQUEZELLI</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO HONORÍFICO DE CIDADÃO PARIQUERENSE AO SENHOR GLICÉRIO DINIZ MAIA</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO HONORÍFICO DE CIDADÃO PARIQUERENSE AO DEPUTADO ESTADUAL_x000D_
 PAULO CORRÊA JÚNIOR</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO HONORÍFICO DE CIDADÃO PARIQUERENSE AO EXCELENTÍSSIMO SENHOR MÁRCIO FRANÇA</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>José Carlos Silva Pinto</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A SEÇÃO VIII DA LEI COMPLEMENTAR 001/1997 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 24, DE 24 DE MARÇO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/493/493_texto_integral.docx</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/493/493_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 122, DE 27 DE DEZEMBRO DE 2002, QUE INSTITUI A CONTRIBUIÇÃO PARA CUSTEIO DA ILUMINAÇÃO PÚBLICA</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DOS SUBSÍDIOS DOS AGENTES POLÍTICOS</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE PARIQUERA-AÇU A SEMANA MUNICIPAL DE MOBILIZAÇÃO CONTRA O TABAGISMO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE PARIQUERA-AÇU A SEMANA MUNICIPAL DA ÁGUA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/282/282_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O QUADRO PRÓPRIO DE PESSOAL DA CÂMARA MUNICIPAL DE PARIQUERA-AÇU, ESTADO DE SÃO PAULO</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/312/312_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/312/312_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI, NO MUNICÍPIO DE PARIQUERA-AÇU, O &amp;#8220;DIA DA MARCHA PARA JESUS&amp;#8221; E DÁ OUTRAS PROVIDENCIAS._x000D_
 </t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ESTÁGIO PROBATÓRIO, METODOLOGIA PARA AVALIAÇÃO DE SERVIDORES, DEVERES E OBRIGAÇÕES E DÁ OUTRAS PROVIDENCIAS.  - RETIRADA SOLICITADA ATRAVÉS DO OFICIO 078/2015 </t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSITUI O PROGRAMA DE RECUPERAÇÃO FISCAL MUNICIPAL - REFIS, NO MUNICIPIO DE PARIQUERA-AÇU, DÁ OUTRAS PROVIDÊNCIAS - RETIRADO A PEDIDO DO PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE PERCENTUAL DE REPOSIÇÃO SALARIAL E RESPECTIVA TABELA DE VENCIMENTOS DOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA  A  ABERTURA  DE  CRÉDITO  ADICIONAL ESPECIAL  E   DÁ   OUTRAS   PROVIDÊNCIAS&amp;#8221; _x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL (SIM) E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL E VEGETAL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE LIGAÇÃO DA CANALIZAÇÃO DO ESGOTO À REDE COLETORA PÚBLICA - RETIRADO A PEDIDO DO PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE O ARTIGO 49 DA LEI 591 DE 03 DE FEVEREIRO DE 2.015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE A LEI 394/2010, PARCIALMENTE SEUS ANEXOS E DÁ OUTRAS PROVIDÊNCIAS.RETIRADO A PEDIDO DO PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE A LEI 394/2010, SEUS ANEXOS I,II,III E VI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>"RATIFICA A ALTERAÇÃO DO PROTOCOLO DE INTENÇÕES, CONSUBSTANCIADO NO CONTRATO DE CONSÓRCIO PÚBLICO DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO VALE DO RBEIRA E LITORAL SUL - SONSAUDE, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DOAÇÃO DE IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS - RETIRADO A PEDIDO DO PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REQUISITO PARA EXERCÍCIO DO CARGO DE FISCAL DE TRIBUTOS</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEFINE AS ATRIBUIÇÕES DO CARGO DE INSPETOR DE ALUNOS</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGO DE EDUCADOR DE ESPORTES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/403/403_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/403/403_texto_integral.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 020/2015 - ALTERA O INCISO I E LETRA &amp;#8220;C&amp;#8221; DO ARTIGO 3º, ALTERA O ARTIGO 5º, ALTERA O PARÁGRAFO 4º, CRIA UM PARÁGRAFO 5º, AMBOS NO ARTIGO 10 , ALTERA O ARTIGO 11 E PARÁGRAFO 2º, ALTERA O PARÁGRAFO 2º DO ARTIGO 22 E REVOGA O PARÁGRAFO 2º DO ARTIGO 6º, REVOGA O PARÁGRAFO 1º DO ARTIGO 11, REVOGA O ARTIGO 13, REVOGA O INCISO III E PARÁGRAFOS 2º E 3º DO ARTIGO 17, TODOS DA LEI 556 DE 25 DE FEVEREIRO DE 2.014 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/367/367_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARIQUERA-AÇU PARA O EXERCÍCIO FINANCEIRO DE 2016</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DA QUADRA DE ESPORTES SITUADA NA AVENIDA OLÍMPICA CENTRO DE EVENTOS</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/355/355_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/355/355_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE O ARTIGO 9º DA LEI 573 DE 24 DE JUNHO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/356/356_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/356/356_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE O ARTIGO 9º DA LEI 600 DE 24 DE JUNHO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/402/402_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/402/402_texto_integral.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 027/2015 - DISPÕE SOBRE A LEI GERAL DO MICROEMPREENDEDOR INDIVIDUAL, MICROEMPRESA E EMPRESA DE PEQUENO PORTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/404/404_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/404/404_texto_integral.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 028/2015 - ALTERA PARCIALMENTE O ANEXO I DA LEI 482/2013 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/357/357_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/357/357_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE UNIDADE DE SAÚDE DA FAMÍLIA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO NO ARTIGO 5º DA LEI 589/2014 E DÁ OUTRAS PROVIDÊNCIAS( PLANTA GENÉRICA DE VALORES)_x000D_
 PROJETO DE LEI RETIRADO A PEDIDO DO AUTOR - OFÍCIO Nº 528/2015</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/328/328_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/328/328_texto_integral.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI 032/2015 - ALTERA PARCIALMENTE A LEI Nº 609/2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO E REAJUSTE DOS VENCIMENTOS E VANTAGENS DOS SERVIDORES DA CÂMARA MUNICIPAL DE PARIQUERA-AÇU</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE COMISSÃO TEMPORÁRIA PARA REPRESENTAÇÃO DOS VEREADORES DA CÂMARA MUNICIPAL DE PARIQUERA-AÇU NO 59º CONGRESSO ESTADUAL DE MUNICÍPIOS, EM SERRA NEGRA.</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PARIQUERA-AÇU.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA ORÇAMENTÁRIA DA CÂMARA MUNICIPAL DE PARIQUERA-AÇU PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/264/264_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/265/265_texto_integral.pdf</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ORGANOGRAMA ADMINISTRATIVO DO PODER LEGISLATIVO MUNICIPAL DE PARIQUERA-AÇU, ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/266/266_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/266/266_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ENCAMINHAMENTO DE REPRESENTANTE DA CÂMARA MUNICIPAL À EVENTO OFICIAL.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/275/275_texto_integral.doc</t>
+    <t>http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/275/275_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE COMISSÃO TEMPORÁRIA PARA RECEBIMENTO DE PROPOSTAS PARA ANALISAR QUESTÕES RELATIVAS À SABESP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3677,68 +3677,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/307/307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/309/309_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/310/310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/311/311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/493/493_texto_integral.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/312/312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/403/403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/355/355_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/356/356_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/402/402_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/404/404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/357/357_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/328/328_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/266/266_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/275/275_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/307/307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/309/309_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/310/310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/311/311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/493/493_texto_integral.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/312/312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/403/403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/355/355_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/356/356_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/402/402_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/404/404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/357/357_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/328/328_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/266/266_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pariqueraacu.sp.leg.br/media/./sapl/public/materialegislativa/2015/275/275_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H313"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="144.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>